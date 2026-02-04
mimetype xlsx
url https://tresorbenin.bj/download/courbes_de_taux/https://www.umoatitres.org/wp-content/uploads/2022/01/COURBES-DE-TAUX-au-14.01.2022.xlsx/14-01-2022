--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/845268b42decd04606dbf1c15915310a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adaa14801ce608db27c2801df6a6d069.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949e711d1d07228a655fb4ed8294454e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acbbcc04d9c572fd66e5f8eb6449938a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f940e5fbed5d425ccde11ddb4e16158.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be285540b432a93743ab6083c085a6d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f1026493b89ea37cbc8af108f7778c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ae1d01e78b8e4772562cbaf0ede133.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7b42ce629628797eddaa63188f92d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76eb45be34df68bb22e06d13ca918f3e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88f0e4ef24c92fb067f8da640cb663db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42410f2d6a96e6be4e3393f3096ca9b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e0556f1c89f241d2c71873d5d3f033a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eebe16232781e6212ee6ad60231eecc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b1bee846f9ef19628b7581e3d189e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5e52f676929db4df2f09b3700a8543.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0444045d6d87601f4f7d21f58bab4555.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>