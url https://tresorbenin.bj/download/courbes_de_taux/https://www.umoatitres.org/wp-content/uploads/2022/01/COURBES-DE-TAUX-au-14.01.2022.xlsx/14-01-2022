--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adaa14801ce608db27c2801df6a6d069.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eab577f426cc9cd87cfd7cdc13dea0ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acbbcc04d9c572fd66e5f8eb6449938a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481b3c56f4c15198cb7440dc0fd9979.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be285540b432a93743ab6083c085a6d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20ea35a8184a34e470c866d5cc7b9a9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ae1d01e78b8e4772562cbaf0ede133.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48844fe4923c89572a5233d0e77bc966.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76eb45be34df68bb22e06d13ca918f3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429ff82aef7d2af6c164dcc35e1aaac7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42410f2d6a96e6be4e3393f3096ca9b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a609f443d26fdd91a37a4efcc33de93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eebe16232781e6212ee6ad60231eecc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d139c91847c805bcdc3983f11ad02399.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ea504c540cd8646a06b28dc68a248f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0444045d6d87601f4f7d21f58bab4555.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b79703762e6c7159b17ad02db0484b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf45dd7f6b3bfef274ec5ff0f6294b46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>