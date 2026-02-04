--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efc794255f39891b91cd10b30e0ce373.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44bbb4f964656a963d6bb5c7d619943a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e1bb393d511ff8769595208c98cafc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5902ebf73b1ff99a359a1d179a5f0672.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a1774a54d0c90bbfc03f8150b940a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337b0355444c7faf1fff2028a14289e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715c3fc7b1a2c6359492aa76b752a646.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffbcc78a4d2f7e196c744ff68c0db4db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080823eddbc9fcbf7d68787850330d3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9accf43a25655b85950f81f50b63e9e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de9e990e2b01aa1e9fae89976c5435f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118a8df41a15bf057c35ddda471dd365.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40eba4d6185910fd1853086e5be981e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dcff87d53fdce8a24db6c3a5c95b7df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27893eb7c061de1adf5b8cec87387130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241b6084935224a3d4772310b6c90746.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1ddcd360ae917bcef9197f00dc0ea9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>