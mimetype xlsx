--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44bbb4f964656a963d6bb5c7d619943a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe5742e6d958a5a356a22d6c3e0ad2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5902ebf73b1ff99a359a1d179a5f0672.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fe5191bdb8d0da281c98d541819a183.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337b0355444c7faf1fff2028a14289e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fccd5db0922b140c3da90a87c0e8a583.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffbcc78a4d2f7e196c744ff68c0db4db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ebb3da3587ebe8415e019b44f0e69ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9accf43a25655b85950f81f50b63e9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75cf71da1714cdb38d53c75ef01b6ae3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118a8df41a15bf057c35ddda471dd365.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8440276320a756fcbf73050f023f8a28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dcff87d53fdce8a24db6c3a5c95b7df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e8e5c6b4d3700e3edf3d90947411a8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769676265276e1740337289e4ab78088.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1ddcd360ae917bcef9197f00dc0ea9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f666d4c50ef66fddc3f3092b2f4cbb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e390e18e59e9b18ae1185526ae318a40.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>