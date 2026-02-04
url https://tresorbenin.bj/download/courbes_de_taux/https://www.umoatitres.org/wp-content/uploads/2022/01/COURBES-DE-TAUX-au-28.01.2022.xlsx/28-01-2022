--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395a10611969f1dc873a50b5520c823a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4f1e846cf2e2a98b1322ed4de518a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a31abe41e74743936c1df3ef4d3eee4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6d5f3b3ed256abc67adddabc1c3ed2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576cb3292a383fac90f506bc3edbff26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45335680d1f7b46f41f306571fcf8b1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067f6097d4ba97373c72da90ae408d60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf8d7c93d657281c72163e7785cc03d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399e184d59abb145c3e161590253d840.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a646473a729a97bea9cbc88da39da02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3449f611449aa74eae5dd6b49f4d905a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54935e5aa492cba8e728398a7ba365e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034658a72429bcb59b71d7247c968dd5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f293471073ff48207487c89553bbb838.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b69f6251ea6d0b0692432a13321364f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65995ddf222fe964ac2712d647cc179d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b5e7a9955488b25eddc3d7e85302d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>