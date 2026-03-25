--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4f1e846cf2e2a98b1322ed4de518a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771b0366183aff3be2497d3c3da0009f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6d5f3b3ed256abc67adddabc1c3ed2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55df1041b542f47652cc4dcd744b67a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45335680d1f7b46f41f306571fcf8b1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce32aaed8b024a01ca583e3260bf426d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf8d7c93d657281c72163e7785cc03d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9354c483c47cc68ba309eb2dbea773fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a646473a729a97bea9cbc88da39da02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42871c2c4bd93d4b0b7176d4b9a7265b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54935e5aa492cba8e728398a7ba365e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854fe3af8f7a3fb2d36a92b98f96f503.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f293471073ff48207487c89553bbb838.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7307a0d31456117e49d1f61e901d7f1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3da2f07afe3f900f2e57a1f7150b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b5e7a9955488b25eddc3d7e85302d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd907f41ef93db1c5ceb28b5eacfdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902854a7746a63d76a8e9de4cc1a03dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>