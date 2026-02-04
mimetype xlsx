--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0ffb3a878703423216df7aa25df2481.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d2d1b92df777851f8f48a873a91f25f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8c51e3d8aaab8745e416c567b215a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5d295a3d9ddff129feb5a801bd9613.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae4cf77099d6c461fd58ef69fc1d7b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f068dbb5f74caec6c0bd6e8b5bf69ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e28bd6a67d480c1b513d7e4430d1ac5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fc4a658fb748b719756fece05318fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffe8b20a78d01e3d5c9ac354622082ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f380dce82c81ba81ef8364990dff17b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/009b2cd14f276e9691331eb80ab41eb6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaaf2988e19ed133b25a0931a23ceac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/455d31a4a967d0b763ecc79a4333df3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da71f348063f2458230000a7fbceb354.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3980fd4c44951c6140adba9dcc3182d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3816495dd847eeebf2b8fbc64b7ed7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92fa8e8ae8acd30972d3f707657aaaf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>