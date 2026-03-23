--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d2d1b92df777851f8f48a873a91f25f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539d6b3a8dcca165d74c2f7bb7f17676.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5d295a3d9ddff129feb5a801bd9613.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79148b3fcf0feb26b01fb5b7331bf9eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f068dbb5f74caec6c0bd6e8b5bf69ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c75bdd843a08beacd01ec04d1d1529.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fc4a658fb748b719756fece05318fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/470af72dcd9767a33512f3dd667f910d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f380dce82c81ba81ef8364990dff17b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef911a439cf085d35f9d0b66dc04c8b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaaf2988e19ed133b25a0931a23ceac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da6ad1ac9c7a149d3356fc3bf88f78b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da71f348063f2458230000a7fbceb354.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8b8f5960621bc328dab9d4eaef7468.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f03b8b305bd505190a9949e9c00b524.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92fa8e8ae8acd30972d3f707657aaaf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f49218e5706ac4ba3e3195a8d8a77cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb9f219577e06eabd0e199242f2791d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>