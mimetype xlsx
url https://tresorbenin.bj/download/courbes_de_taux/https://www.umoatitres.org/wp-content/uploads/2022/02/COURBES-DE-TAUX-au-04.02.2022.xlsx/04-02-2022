--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d43413d00cd6cf82e338456f8571932.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624006edbc0fc02d775c3a2307c90362.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78cd51fcab27935af0f1e627bf867b8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a63f089b296cf5d9af92cda04d7502.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2254220e12fd19744cffd54a627162.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5fbfc165136d058ab3df8a2ab28bdc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107ae74cb212fc12d81e8f1ed238ff21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa40efedafbd6c712656eac34362253.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23b3701c41cb3c7cbbd4d1e5c40d3576.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce5b3743a52e2e9ab16379a8fca05d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a877c326c5af77ecdca92914a3dd664.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/761d08855e9d56ad32a9b8ffb7f11786.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ea53f62dabfcc05842f2784a59241a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99fa83c520e6eb4a23e8db6e443e33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539413f9027ccf161607c00b2d9f5fc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f3ef6870c94af0d6e6dbaf3218ee4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd97a02fdad8978473f6a36d99799678.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>