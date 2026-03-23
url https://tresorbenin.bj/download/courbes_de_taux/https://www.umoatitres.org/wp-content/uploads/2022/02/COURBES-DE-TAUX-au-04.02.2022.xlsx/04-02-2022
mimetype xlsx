--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -472,79 +472,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624006edbc0fc02d775c3a2307c90362.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d535b0daf95979feeaab02892af85436.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a63f089b296cf5d9af92cda04d7502.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7b90b4a72fa395c95e129cf9c364aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5fbfc165136d058ab3df8a2ab28bdc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf78f1bea56be692487e921b4248be0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa40efedafbd6c712656eac34362253.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f003551ca83c429d0712dbadd09f79.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce5b3743a52e2e9ab16379a8fca05d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc454f62e948233d419bd9053f29bc7c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/761d08855e9d56ad32a9b8ffb7f11786.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966206f9cfd9cdeb06d16bb9f38ca870.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99fa83c520e6eb4a23e8db6e443e33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0442e337cf2d2a1e90119914bfee9d47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2733f101ad411b589ec943817115ff9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd97a02fdad8978473f6a36d99799678.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3ef91bd2fceae437728025bb5496b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dee2e07acc690d534a4c314247062cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>