--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871cbc8ecf93a2ff8eba6cf97d66cbd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71afb48be814d3bb6bab3a6dd73bb283.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d815dff99aa653ed6eed9d5f7a84b063.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ffe258c2d7df4800371abd19a0da718.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1eef37b96aad61cedd315987c132fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb798ac8003cbc22d3b522f891ebd22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3bbe7705a85b273bbce6dca10cabfb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5c1a148a6306008fda49632ad559f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e0444fc24ddd0008852cf6c59deab5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07ec048db7820614f804d4e8273b6c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856f412270ca2b8a1ad4edca84d6fb5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1dd59d8206e80742a7c149dcdae92d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3575716c97024290831dda7566cd657.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e74a17f294c6a17cc50abed0652fe9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2b4ee01c8881ef2e857c228b3e2d35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fdb18989c90850130a89e354f0e3840.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce54e54eb73b35734a37348d7a9d3bb1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>