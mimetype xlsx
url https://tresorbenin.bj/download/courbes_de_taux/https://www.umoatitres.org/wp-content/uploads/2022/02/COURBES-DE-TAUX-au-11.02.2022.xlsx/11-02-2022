--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71afb48be814d3bb6bab3a6dd73bb283.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77d4da685cad81a67b62472ff2ce85b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ffe258c2d7df4800371abd19a0da718.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b381fb885631ed6351771df6381750f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb798ac8003cbc22d3b522f891ebd22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2a87d5004e286062e9d1caac3b1fd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5c1a148a6306008fda49632ad559f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfe132384965e9a154dd442a30d45fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07ec048db7820614f804d4e8273b6c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1466201bafc4281f4f6338c08bdd93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1dd59d8206e80742a7c149dcdae92d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1564179a043c0e325ccb9d0b5b88676b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e74a17f294c6a17cc50abed0652fe9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56c472170953a6fc40e201cfbc943ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae1e380d0c5783e587358349783ac19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce54e54eb73b35734a37348d7a9d3bb1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16716efa178f04a477a203c996244cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>