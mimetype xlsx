--- v2 (2026-03-21)
+++ v3 (2026-03-27)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77d4da685cad81a67b62472ff2ce85b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a26b41511de42f12e403ef7ab1f117.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b381fb885631ed6351771df6381750f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7067cca4748ac87428556d970c607b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2a87d5004e286062e9d1caac3b1fd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccef44804df1e96d58997fb9877eebf4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfe132384965e9a154dd442a30d45fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3afc0992970b47c30c61f3ebf9c99e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1466201bafc4281f4f6338c08bdd93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b56f7f33ae5114bc8ea80eb0c5e99946.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1564179a043c0e325ccb9d0b5b88676b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ced9895b43d73db1ace2769c2587b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56c472170953a6fc40e201cfbc943ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c61786eeb0064bbec86fcdb44050fb2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aad49133fe46574f160a914358bbe48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16716efa178f04a477a203c996244cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c6d60066b84c01e2b6003d7377c1c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54677debcad7d0da2c4b7203820805d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>