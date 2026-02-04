--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22cf48374424340c21d920e80fdc108.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4a0112bcefeee443466d2b5fe427d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadce289e526ef38c2274261dd021701.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5194f4abb07aed6dd60653d10e087a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ea2f3f1046df01e85abd5cbf61edf8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a21fe690d8ce41b9138059f5bf8f2c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12dc364495af51edbf230cc40a87c4a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/672e2df11bf88a5c637b6e326214cda8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36499644e16c397e36e5803048327eb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35d821a595a8c90d1204151f547924ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6017be94e9c7f049237ee5447d1989a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81cf31fba7a370bec9f2d57cc3e50c20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d1fdb9887245d510045dc4c521a4220.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3897ed119dbd7f009a159a0756b708.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9d5e7b6fd0bdd996ca99ab50092547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ec63b8c88f15215112fd02c594f875.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ff1572f03c8084d83adcf5dde7aefa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>