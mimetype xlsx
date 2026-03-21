--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -477,79 +477,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4a0112bcefeee443466d2b5fe427d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b493f7883e900587cb525f1f58db90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5194f4abb07aed6dd60653d10e087a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707d0c8127dc0cdf360aec9006e6f632.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a21fe690d8ce41b9138059f5bf8f2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c9fa902276915340a29e133686ac611.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/672e2df11bf88a5c637b6e326214cda8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08f9e14b71f0e9f98601338eddc8ce4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35d821a595a8c90d1204151f547924ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae3e5fdb6a92a13d3702f727cabd36a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81cf31fba7a370bec9f2d57cc3e50c20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d708b4de8c997549258a752800b15cbf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3897ed119dbd7f009a159a0756b708.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93d34a394775312967bcd5d533d55bfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf784a3071e43ced2ea05abde2ac5ce8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ff1572f03c8084d83adcf5dde7aefa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfdb3d8b54e7256a317f39e003f7731.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7f1c627f74c2b1c292f1bb645eeaada.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>