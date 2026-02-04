--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b99bcbe8557d2f3f624941cdfb7d28a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b665227d100ddae4bef474d1302cde.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8353dd006f7ec994162ee546d23c58ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a4a3faf8a40819dbb94600ddd4a65e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c613d7bc835b5426edbcc76eae27a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530a1e54207706343370b321386ec135.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae31b77261f07d7b5df64b7dd74478de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b558a6f40d7d4f06c63745878111324.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d7c60c8202d72afb535a56ee815736.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cdca74a5360d1df68800d2d9fb716d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/897224e5fc687ac42dccb6a8dab7279b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff504bd368a41fd521abcca68ad5f52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0a628fcece7a847474e25fa60c6739.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb2dca263501b8e5361112f1a420765.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522aeef5bbba4032fe2176bfddab08f0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1569e208790405822ee23b4d94e2b23a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f876afe6e21df0bef90109c57524af9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>