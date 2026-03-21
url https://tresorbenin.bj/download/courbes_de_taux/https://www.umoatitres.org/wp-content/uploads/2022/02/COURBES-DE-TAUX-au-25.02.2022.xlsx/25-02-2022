--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b665227d100ddae4bef474d1302cde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5e03cc297533b2d9a48a8b1d867de9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a4a3faf8a40819dbb94600ddd4a65e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e4d49d1c42621f49adfb3979830319.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530a1e54207706343370b321386ec135.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cafc7e03b31806020cec9de058bc202a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b558a6f40d7d4f06c63745878111324.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52f6a820ca20a4a94c102af9aaa36db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cdca74a5360d1df68800d2d9fb716d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a475005b5005901b835eb06b5629677.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff504bd368a41fd521abcca68ad5f52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59e5e08959373a674875527b0c5a4a68.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb2dca263501b8e5361112f1a420765.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6e4cfe2edae4301476d592db33e7dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e889d0a68e76137bb4a96b792ee8eafb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f876afe6e21df0bef90109c57524af9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66855a8ad477a7e772750af11134ab9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3527b3b1baf6dd8617c2987007f09737.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>