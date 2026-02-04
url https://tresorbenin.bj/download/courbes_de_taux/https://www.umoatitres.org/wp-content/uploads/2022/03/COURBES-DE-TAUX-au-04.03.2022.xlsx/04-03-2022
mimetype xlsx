--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023e26759eda09e26cc9e4d9869952a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad738de7bfeaa3438a64d06097c4ec1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4e0531f7a27cb1219905f995840e33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4c2b929397caf2b37d27c7481cf357.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0bea6efb77af8f0eeba96dd78608eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727ea88469e5af050ca27c8c14fe5b1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0f700ff0601e6d6b7726e2d42fa700.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c46601a9feef1fcb6fe4b1ceccfa0ef1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bac4b0ca354172588aeb42ae05d768.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6ebf4c2bdc99d07f827c56cd08240d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3e374e78ed5cd292c5ccd15b46f6d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a87051f38cd5e19fab77017e202f1403.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/367efc5f69bed18e5bd5e84e10f016f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da51082e6c1a30a042993ef858d0956.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa8b17f36617629677443cd9e3b5d04.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af51d80525b590a7e523925b314976a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2c3ff7bfdcd1d2ecd9374576b23bd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>