--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad738de7bfeaa3438a64d06097c4ec1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0017b108f95a45df08397e66efaf0ff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4c2b929397caf2b37d27c7481cf357.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ead0984f67c0220bcd3adbc1795b499.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727ea88469e5af050ca27c8c14fe5b1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6325e3800e33c058a52d4c3b91c504d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c46601a9feef1fcb6fe4b1ceccfa0ef1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b85272e57f4891ce2c759962d93c8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6ebf4c2bdc99d07f827c56cd08240d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a58f0e1c81f2ecef7a946e5d6dbbed0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a87051f38cd5e19fab77017e202f1403.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841d603979ffc97e620eb2aba9fa54d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da51082e6c1a30a042993ef858d0956.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d226033fb481f20a4656efd4bbe1a9d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf0883a34baebf1a599181a77e606a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2c3ff7bfdcd1d2ecd9374576b23bd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82741b97d915215aec0b361f877afe4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26eca243a8dd45c66758184e0ed2b8ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>