--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6774b2bb890e4f1c28e7d400ec42b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417c969361572c021abfb0588857e6b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4db9475a886815029ee69ed5f9000ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab9f7b163bf9aa0018cef55dcd61dc8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2dc3b299c9131f837dcb8b0d27483b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0c394bf8bd481720382a7fc3f6747d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4178533bde640fa739fabfc15d38795d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21565006ea582acfcf302658450516f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3a57704093015ebc000805bdafc901.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09745b40f7e2fe4830aac5110d71e69.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699f8d2c9d15250b05a69dba42a55272.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a2828fd6d8f91f5b3d379fcb269f193.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a66eb1593d2561a79f7265e1851a87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782ccb0be46e61faeb9a647209b70218.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe8f8e568f1f1fda1d66c1ae00e19fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c17446ea4ef641c0c8f17728b060c10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b6ed438de6b2d55274020fb33bb919d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>