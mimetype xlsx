--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417c969361572c021abfb0588857e6b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f27967c3793772150daf2624c8cc3d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab9f7b163bf9aa0018cef55dcd61dc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e01eb1f1ede9da187de57a183bb349c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0c394bf8bd481720382a7fc3f6747d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689fce5f8a32cebe4017f68e588cafad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21565006ea582acfcf302658450516f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2365ad6667c147edf92a4fb5194949.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09745b40f7e2fe4830aac5110d71e69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35daad5851972df43b92795a2d4d256a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a2828fd6d8f91f5b3d379fcb269f193.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91c8de2a29faa667bae2c95fa7796128.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782ccb0be46e61faeb9a647209b70218.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc4272ca1af7ab0dfbee3de52135e44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d910c03a428ed30b0c98954f89342e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b6ed438de6b2d55274020fb33bb919d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e7aac83fbda6ce4d1127f6bda1d65e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d842dd5ee2120329d6143f71c6fd85df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>