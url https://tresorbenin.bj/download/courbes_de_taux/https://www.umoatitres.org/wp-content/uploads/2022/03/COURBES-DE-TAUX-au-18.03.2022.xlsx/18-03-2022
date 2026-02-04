--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13565b723dbdd9e63f57bef6663b2a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2369d10d4cf0264907e1e9160182dc2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b06394e232022d7b593bcd6973b8c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac9108c9ce3e98b5679735b9b963a89.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2447b9770f1775f3064a31d0beb7de36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69427d9920d75b47e650bcec50f7da8b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3023b1ee33e8f5781f8bb84214c906a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95e9ac01175a2351f0915b2770ac4f8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2876146e395c0dc6126986e8f2434e53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42774904cb68ad97f88e285f1893e9dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbee3310a079dbc8d77a079ff489ecc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e545dd366ffcb2892fdaadaa46e0334.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89dd8a652b969a8d9bccedc7b01a5b79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9dcb9cdc4866d8e44b7f5497d1a6ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61d5502a4bc4b24febb1b07676da4eb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35e9bc71996dc66360e2d97fbfc49ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1a2bb48649fe6b715115810d3e086ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>