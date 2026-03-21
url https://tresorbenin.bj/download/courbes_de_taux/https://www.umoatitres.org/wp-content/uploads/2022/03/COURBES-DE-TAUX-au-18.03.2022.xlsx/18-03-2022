--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2369d10d4cf0264907e1e9160182dc2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d84df3da460817d5b165258414ee5bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac9108c9ce3e98b5679735b9b963a89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bce52f022fe4e6922a611abcd9f6f65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69427d9920d75b47e650bcec50f7da8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709b2bdcb31899fb9053e240945e139d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95e9ac01175a2351f0915b2770ac4f8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33e717b9992441e55ffd0523369aec14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42774904cb68ad97f88e285f1893e9dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4f74c9c7692e2ab58c00045d0bcb20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e545dd366ffcb2892fdaadaa46e0334.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd679a7dfb9a156dab9b3071ed1d6c6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9dcb9cdc4866d8e44b7f5497d1a6ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a38d473def2c3fa3c85fb68b6f5636.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1726d0aba9a8f1f4d8ac52ec29b4183.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1a2bb48649fe6b715115810d3e086ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c99e3d5a2e461a498907ea4a034e2d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e63f9da88e0e5115aa32b54209d456f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>