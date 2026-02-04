--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e77b216a6d67239cccfee9d22781bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469e473d2f4270423b21ed1c80ccfc4e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22561043a477ebb914a0ac12d10f0917.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbacb7df89f14e55359999335904916.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24df4504f367a1af8e02b24f538816f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bae53015c142f3f5272cefcf20c498.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0fad26cc748ef6aef5a454d3c7d5fa2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fd21735aad8cf5f59397a377c5d253f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197e551f3541618a0e704913c325aa1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9451c399b94953684f44d971c0e67ac0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374ca10d1be60e034316fc8419517c66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926eeaece5723537d3043c7a63efa6bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66afd4e4549a843c307bc39b7d801830.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4099f96edd481b92faa4ed00e84e93e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf7ea9eb2c753f805f6ad767e590422.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c1b78e537157dbbcd8159997cee98d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139920779fb2d9195993d8b6b4cc5195.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>