--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469e473d2f4270423b21ed1c80ccfc4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc4a3fdd75cc32db74d7114d4813c024.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbacb7df89f14e55359999335904916.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/055395fc4ff40f671b3601dc49bf8d3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bae53015c142f3f5272cefcf20c498.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cab232b1b51d1539bfb48ef6692a9164.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fd21735aad8cf5f59397a377c5d253f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a4ef48255c6069313d77d266eb6a8d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9451c399b94953684f44d971c0e67ac0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/254ff485286661d426f09a79b16c6094.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926eeaece5723537d3043c7a63efa6bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c989585482b7ce7d3e933e1ba61d4613.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4099f96edd481b92faa4ed00e84e93e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b5127b1cb16d8918abe4ac92e82843.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6605df788cf5f0eb35b9c604e0cd6d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139920779fb2d9195993d8b6b4cc5195.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cd9f1ffa30a038bcd1cb56a0069709.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c46f47be5e2b8a78385216f87ec229be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>