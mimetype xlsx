--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e454e2d64c4c6b542d192c065d5afe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef576f95a634bf8f249dbb85a084e59f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b06a347602dcf806954c5cac7dc10a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec885d36bf3e13549129245d4c692c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7affcbc82346eff3d58a3322e2917bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b307b8edbd456caba2f9f9a3a008aac0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96106fe001844f970807e16d1aa8abfa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656381f4bb8bacdc76ff296efcb46ef0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9defc1d14d535908115c4f07343b93b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098449beb3c5a50c385abfb70da92cfb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/074e04bf9f219800c3132a05644b8b51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ba1550e30a8df02d71f1a6c9ca2673.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc58aa8ccdd31e68c015c5b6eb968b88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42dc4ec5f3517ea6dd9d665578403649.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd90caacd52fa643b745124d33d2d5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a654d380c01502d629d6f90ac7a9b7a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9f834252a94e7b658d6ddc4d25185e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>