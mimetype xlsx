--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef576f95a634bf8f249dbb85a084e59f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb2c96d2160e4437d8c2d91e874c21b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec885d36bf3e13549129245d4c692c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b9ede221cb33390352edc7b44a63e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b307b8edbd456caba2f9f9a3a008aac0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a699962016a48cdb70c5ed51fd533c47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656381f4bb8bacdc76ff296efcb46ef0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fef94c47bd421f7faf10ee22ad26db8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098449beb3c5a50c385abfb70da92cfb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320958921dbbf2cc8a15b9d83b4e6176.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ba1550e30a8df02d71f1a6c9ca2673.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69cb7acfc9f94e254dce70bc34f39cb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42dc4ec5f3517ea6dd9d665578403649.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6a67953bd9e385aefdeaed0c855566.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e3e400842db6fbfd90d5414b79ce0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9f834252a94e7b658d6ddc4d25185e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f615b94645fb533a7d29f2eb5e5677cb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/350e7a9e073f807e75c9dd9506a75b80.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>