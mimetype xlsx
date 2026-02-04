--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973c27957b73d1e1376b4f23478edf0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f6a289b00617204e9174411d0747b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3970b4fba6250af3deb6c7642ccf8fec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d88ca9beb65905189dee966e385f444f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18828492bdaedac7b8081cafaaa60dca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c666ee31804bb84584c56991c3e364.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212240b49798a84e5f4c99c71003fd73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d00c191a22a991b21098b0a75f5d61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb49fa952b9378cb3f51ebca75758b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9572c1b11a630501064c2b71b726af57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c05f4b0e3a078ef301ae1c79a7e82e88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c4775c1c96eb184ebc2975d68532665.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5469e7fc2a48f3ec55df5ef44a1e6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3858ca2e753ab27339f9e1ef2ed4275.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bbe0ee41bddb0689856037baada4c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae550f6bd69fb11eb9379005b927a14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6163081f0b2f69183f4fe9776d181ebf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>