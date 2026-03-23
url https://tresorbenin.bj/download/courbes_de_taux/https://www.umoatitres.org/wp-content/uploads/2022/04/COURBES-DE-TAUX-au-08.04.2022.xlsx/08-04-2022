--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f6a289b00617204e9174411d0747b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97664a54bbe35f606a6098aad082374.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d88ca9beb65905189dee966e385f444f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3f5d13dd7fd07c7cc0ebee2ee4f006.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c666ee31804bb84584c56991c3e364.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39c9831bae3c6eb65137003078142c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d00c191a22a991b21098b0a75f5d61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3159627c6e5731b7dc7bc0b2c5254cd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9572c1b11a630501064c2b71b726af57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b29a852828656ae7a05c5544c76085e0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c4775c1c96eb184ebc2975d68532665.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/248d77971bfca517ec56409367a2b069.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3858ca2e753ab27339f9e1ef2ed4275.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5732dde24ac7e9de7362e2ba7e012e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3fef9ff06ad1a79df5b8bf8ed361ed.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6163081f0b2f69183f4fe9776d181ebf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe980ea475aa1163a471d20d52bbb2b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb40821134c63d46d1ba32054dd1aa27.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>