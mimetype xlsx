--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530ec19c48df526154daf34a57e1f7c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26087ab6596095c791a17a234a9d5c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5340acc4ed0551d8a391b50780b64c5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f036746942943f8ae1afac7cafa6cd32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590bd09ff32225e54c8988bea95e992a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbfb8ab4a92e3d4e32585ac95ca991f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8f6252b4dcceb683ac1dcf7cfcb7f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d785215da5ac0593d7d4ecb95072342.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3285251dc5b4164a9ba9c69aa0dc7dd3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97d7958d47911ef460a22c0f8c1b80fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb8c3e32f349216eafb2250a7fc983e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4aa2e8913076e32e91812a908efce0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32002f963f596b12e7e4983b03129231.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be0002d53582278a6e6f12d7d92628b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a08563e7185911472b6dfc4054f56b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30151aa7c87c64f85dae19077029ac8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e1573a22d8db6ab883a62d064aef86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>