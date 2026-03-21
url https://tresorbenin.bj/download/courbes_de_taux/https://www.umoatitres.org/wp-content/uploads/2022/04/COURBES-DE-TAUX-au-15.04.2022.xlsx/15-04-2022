--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26087ab6596095c791a17a234a9d5c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a01a48a42dfd6cb4295d1d7e9eed00a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f036746942943f8ae1afac7cafa6cd32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bd60a9e01fdac62463cbea54489d801.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbfb8ab4a92e3d4e32585ac95ca991f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff62b96f1952ca0e5478db8aea243b25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d785215da5ac0593d7d4ecb95072342.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3979ad3f12c24d2d97be6d8137855b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97d7958d47911ef460a22c0f8c1b80fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3cb51934ac1d2780339ff343e5eb63b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4aa2e8913076e32e91812a908efce0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42372ccdfa375f227f2bb55c2d25e43c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be0002d53582278a6e6f12d7d92628b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa83363c94e9e2dbd6218aaafcb69e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905a4439392e3ad2f11f993440622f2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e1573a22d8db6ab883a62d064aef86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71e28c94266f12f3781c8295a797ff1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>