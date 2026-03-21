--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -492,79 +492,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a01a48a42dfd6cb4295d1d7e9eed00a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255edd1b5bee95c48a363a6cbcbf165d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bd60a9e01fdac62463cbea54489d801.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f208f5b2a02fc3a6a45c9e08b5a235d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff62b96f1952ca0e5478db8aea243b25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf5a14747923a4a1ec009ee47ee10e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3979ad3f12c24d2d97be6d8137855b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b28d21c96748f5eed9d3ce6d78c655c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3cb51934ac1d2780339ff343e5eb63b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1464c85ec902189f7420748ddba68e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42372ccdfa375f227f2bb55c2d25e43c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740e3deb0c18133c153ff5433b9e3bfe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa83363c94e9e2dbd6218aaafcb69e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda373f7292f42b08ed2157a52028453.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7e0946057cf93fe582238fab8b25c4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71e28c94266f12f3781c8295a797ff1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfcad7b590965396619257ed7bd135.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0076d9fa0dd611d3e9e9129ff46272b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>