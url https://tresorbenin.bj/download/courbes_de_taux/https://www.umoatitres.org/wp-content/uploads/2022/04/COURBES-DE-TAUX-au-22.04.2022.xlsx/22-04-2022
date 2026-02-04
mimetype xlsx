--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0cbe48f15661958202c57a9fb8a1a1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb2207525db3a53f9922f1c88ae4076.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7746b14380f6ab74df358a5c0947510.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6fcfd08f5b5aed1a47faf603fcba8fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e4bc7f63dd4ff2e6e2cff1fce92b00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c496533e131009107b8b663403dec88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b37e89effa3fc5a7bbf5dbb57757271.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606ad50e734c4e2eae469737b7eddfcd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cf13ca3216c4b8e2f8b86fc3ac477d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030b3ccbb6b4c66a16613460ae604f17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63121cd16b955c0b6374e55541a8f4a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230705ed2eab4b7bc96485bfdc622f46.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd056c860fa388e477da1b8867418d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d49c4af86aec9dfddd2d28f3354bcc38.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d28565dd72b45b305b959e6c37e051f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be05e5921e512a4a31bb2c0149759d01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd42b102c501840e756643c35520c08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>