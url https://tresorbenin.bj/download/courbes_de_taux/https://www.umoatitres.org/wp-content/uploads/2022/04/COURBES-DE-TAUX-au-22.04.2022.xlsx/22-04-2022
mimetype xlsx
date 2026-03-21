--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb2207525db3a53f9922f1c88ae4076.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8990b6c161f019c5b2a91d5bd761d6fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6fcfd08f5b5aed1a47faf603fcba8fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f621acbac183f1c35c0dc0fa4c2fc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c496533e131009107b8b663403dec88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c77a3c7d9293216ccf6a510a4978cc92.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606ad50e734c4e2eae469737b7eddfcd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/998df26a671cdcfaf8c9e87da232b420.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030b3ccbb6b4c66a16613460ae604f17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45fa35a35b64e4d6a3ee5aa2e3245c76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230705ed2eab4b7bc96485bfdc622f46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfec73405c3f61b1035920aa9dfec379.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d49c4af86aec9dfddd2d28f3354bcc38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5971f6be48193f7bdbd5e99a0e86c550.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbd22b8376b4ef3422141aa37b8e668.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd42b102c501840e756643c35520c08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aef74a079cdf6074978ec6fa3c89af60.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>