--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8990b6c161f019c5b2a91d5bd761d6fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be4d142770d6efbc6c838bc43c22a37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f621acbac183f1c35c0dc0fa4c2fc2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debd18cd9a90b3826462e56e2a0caf28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c77a3c7d9293216ccf6a510a4978cc92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88cc946f9892a8f3a08b78aaf0bfd064.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/998df26a671cdcfaf8c9e87da232b420.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d36c0633c43319138dd6039f4d4b329.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45fa35a35b64e4d6a3ee5aa2e3245c76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0efba50cbf10b2b93b45f2da4df7ea7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfec73405c3f61b1035920aa9dfec379.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f181b0faf1854cb159399c11adb2eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5971f6be48193f7bdbd5e99a0e86c550.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a8dba936acf61c768cc4373d6f6536.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd26cb7818761a224ce1fdc10a63409.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aef74a079cdf6074978ec6fa3c89af60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb988b1d4d15d207bffdd006e0fa315.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d93aad21ab1c083d4bd92bab39425e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>