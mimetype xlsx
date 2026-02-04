--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd662fe1f99b6baf4c666856ea08871a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48b1571a1dc969bde8938be3f83c3d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88cd1c0b9cde7543c33b11fb0f8d2355.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef19b02e8194e6f631999f4806921d17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3631db7ee46ec72b74164fe8771bb72e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcc738de769159de5c207371e5004835.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d93cddefcd5ae6a206df001739fdf2df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf5b96d8fd6837efe675560c17ecffd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda50be703c3e1a8da0e5dd2e56fbf22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469c64d8f0b22066a3fd355c21ef23fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cbb36b9c0fdb11ff3bd6e015f08a3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f81d2f34767d5e082d2654ad96de8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70731133e56bba3e23b02184f26dc254.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130f1915a6ad7719973adce39cca0e12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c12ccc9d5e7a3dfd7d082a17879552b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943742e4116269acf77ef6f4edc1f07a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f43c94f4fb3e55fdf3a8aa7e38d43a16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>