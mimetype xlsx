--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48b1571a1dc969bde8938be3f83c3d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89128aa6339b863dca0a1659917fa43.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef19b02e8194e6f631999f4806921d17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b589ffc7dc0dc9f000c9ca9bf600816e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcc738de769159de5c207371e5004835.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7808c4ba03ccdf0d3114dd1a5e8050.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf5b96d8fd6837efe675560c17ecffd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460c1e411816b68493f0166de649e0fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469c64d8f0b22066a3fd355c21ef23fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fcbabbe8fad21946973b9f0dd183e0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f81d2f34767d5e082d2654ad96de8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82c994ad7e011ce20312351bb33cb41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130f1915a6ad7719973adce39cca0e12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a81158585ab878a9e9a82ba46488219d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b521fc55c755859668e56ddbc3e0f493.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f43c94f4fb3e55fdf3a8aa7e38d43a16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c96e824dc8a53a105aa12498f047e1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>