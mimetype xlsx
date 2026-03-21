--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89128aa6339b863dca0a1659917fa43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303ca3f572a73ba7179ce404b66c75ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b589ffc7dc0dc9f000c9ca9bf600816e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de76904cd9b22ed0d2768bc2fe792e33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7808c4ba03ccdf0d3114dd1a5e8050.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2313bc3a56c2975c445850cf3a1f449e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460c1e411816b68493f0166de649e0fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a282d055b3a4bd5013129cfc7b03883.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fcbabbe8fad21946973b9f0dd183e0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518cfef3cf4493d1cd617a8fe319a256.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82c994ad7e011ce20312351bb33cb41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7af6c5267bc55161071b5bf66884be1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a81158585ab878a9e9a82ba46488219d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f2a76f252b28927871fb13e32a1df85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21414da9d0d9f48333b3761c8ee0e0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c96e824dc8a53a105aa12498f047e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37358df5a00aac05d33efee02f46de70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643f1dbb112b8dea3f3439ae6d2c61ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>