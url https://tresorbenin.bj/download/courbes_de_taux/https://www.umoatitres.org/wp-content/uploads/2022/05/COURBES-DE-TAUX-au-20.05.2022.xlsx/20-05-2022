--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/318a4e803b6a752888c16b9acb8575b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bde83b30ba92f1b6fee2fe27c0f77c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45defb23b89983187ee1423b9fa74fb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f89e881a79c444591ef1f0d0f4178f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ea0a81bc9a100a319cda8838aa8c530.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdd994cff6d280bf2199e8b4ab2033.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d47c3df2e87b89f718ae48b16b0c1fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccea251609d49b282c0965f827b416.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c2b887f53923b4443035c5fe1e73ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50866891969ea0c1d50204bf5c1367f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a19f96ac7b274706f244a9d1860d9a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58687231c070b5991273e15d4fa2cfd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fce930b06e390d035d5acebb70320871.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3257fd544b16c1a914e7cb92ef229e94.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48785e5b270e84efd4ffea5702ed1eaa.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f6e438c49449d718d6ed5411043d7d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645dd5e0e46e1f0ca31fb138ad7feee3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>