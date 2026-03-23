--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bde83b30ba92f1b6fee2fe27c0f77c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/813f12dc98fcc3cd4f7bff02225cabe2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f89e881a79c444591ef1f0d0f4178f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee64b7c306e02ae3e2056a00225e4ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bdd994cff6d280bf2199e8b4ab2033.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15abbd7e6cc8b5db4c09f5b8ec1b8b03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaccea251609d49b282c0965f827b416.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1680a72d8ba51c5eaff30c96b3724c7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50866891969ea0c1d50204bf5c1367f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c29caa8fd93ad8c12c14610363f5694.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58687231c070b5991273e15d4fa2cfd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35fb58fc698c4ff37f38f4c97f5276ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3257fd544b16c1a914e7cb92ef229e94.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e0a9d0d9a2060ab09c42eae7f37eed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca28d514adf696006b7f60538e56d8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645dd5e0e46e1f0ca31fb138ad7feee3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1858a38f8c592c2cd13d81b76d5a49a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95365f2e8d004cac8c10787673b551a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>