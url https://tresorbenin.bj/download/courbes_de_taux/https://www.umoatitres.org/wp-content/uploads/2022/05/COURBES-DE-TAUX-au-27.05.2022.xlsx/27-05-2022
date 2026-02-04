--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c141ea06a6a29434ac45aa605884223c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e06462d68dc0c00e4303a93c85fbbd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb88191e88b04ffd38b09f0699bd477.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef3b635a9e827b72c3f63d907e09eff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0248195411f31c173d8b7482772ccd2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d89c0aec312af604dde7d400456b168.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba713e236e119f337af6fb6723cad2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e954007f362a2f806cbd4424eb56b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/becb11f99b2374a6336db34daa1c5921.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515dd0c0deebaf97de1d3f3e9849a32e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c10aad7c26e56d15bfdb6c88dfe6bdd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0892fb2953f484f3388caf24111f692.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58908610a8dc5b39f4c66fbd11a41c9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9546ceb85bcd3dbeebc23e3249fd874b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525c4aabe05ccbae16febbe7af71119c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77e2c963912777ba2510e5c54fefdab0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3342d64fb03eea21b1ece1ba99bbe778.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>