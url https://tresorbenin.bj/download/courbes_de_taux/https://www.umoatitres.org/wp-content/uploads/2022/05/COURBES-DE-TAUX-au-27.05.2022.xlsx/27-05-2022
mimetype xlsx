--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e06462d68dc0c00e4303a93c85fbbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff15672b7bbc00e22a1e3d6bcc15e07.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef3b635a9e827b72c3f63d907e09eff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6714990b1fcf2cd3ae1f06cd6bb92a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d89c0aec312af604dde7d400456b168.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa8956e1c7da5b4c38ed6b846f3a6a9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e954007f362a2f806cbd4424eb56b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84bd0819274ffa43a56abcc33898f93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515dd0c0deebaf97de1d3f3e9849a32e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a73effa2183c5e623b80765dc8e936.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0892fb2953f484f3388caf24111f692.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b1dbf386ee8ecb3771b8184441639a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9546ceb85bcd3dbeebc23e3249fd874b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa975876fcaeb5cb812b3e86f80a88c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b493d959ca16a8599d837eeb9be731fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3342d64fb03eea21b1ece1ba99bbe778.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40dc95f7ec962820e3002ef4ad3471d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>