--- v2 (2026-03-23)
+++ v3 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff15672b7bbc00e22a1e3d6bcc15e07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c04d649d01a44cb908dcb1bac591eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6714990b1fcf2cd3ae1f06cd6bb92a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec193bb14aab551ee54b1c795f41e740.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa8956e1c7da5b4c38ed6b846f3a6a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/113e6b07e9f9174ad720383ce17be918.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84bd0819274ffa43a56abcc33898f93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5786d7405d604817d091da55a8461188.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a73effa2183c5e623b80765dc8e936.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cdb1faad612a83d5e3f272ab93943e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b1dbf386ee8ecb3771b8184441639a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a478c78ca7114ddd590a4a708fd40977.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa975876fcaeb5cb812b3e86f80a88c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d6561c4396b748e97c579507cc20a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6429f848217e4b3a447aad3d5b9a332e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c40dc95f7ec962820e3002ef4ad3471d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845c3c9886942f2a98ba52f8b76e129.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5372ee09c00f3972d9001427f3bb1cb1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>