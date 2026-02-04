--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01bb14da29fc1ab5732dad9453244db1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3510527c564cc2b94e68686b9d11902.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692f52b4aae6a3b53928034f0e310203.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69cdc8bf5fb7fa08118b35d918fb4651.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abbc02e0d9e1c802944dea248612e693.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376da8237741c5c375439a765dec41b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc5fdd1cc44c59c750dc698588c9360.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64423bad6f346166f1a0271583565e6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e08ebf4d55bf43baa7fa8144795a27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431570cc7845d936b00e4d259fe7b77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/672f6b2b69ae891cc176225a727087e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d91ac5f04186ccd7d1314d88f84405.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a348414b06c6d86eefbd46ebcf27b83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6324ea6e49e892d4fae8e0bcfc1979f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc71278cab8e3ab8fd62c9731c43eff7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eadfdec3c9693b402c30e1afcb2b75d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64823cf2b6ebeb32bc308c45202fe5c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>