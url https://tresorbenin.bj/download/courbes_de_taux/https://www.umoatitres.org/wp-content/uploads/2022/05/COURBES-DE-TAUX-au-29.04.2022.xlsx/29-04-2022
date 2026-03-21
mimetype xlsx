--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3510527c564cc2b94e68686b9d11902.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c30a57c209ab1635ba2c95603d163e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69cdc8bf5fb7fa08118b35d918fb4651.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3519cd039d915e47e71360b15e5928e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376da8237741c5c375439a765dec41b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae6dccc40b1680ac8c5ab88d5af2129.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64423bad6f346166f1a0271583565e6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7f0b5280bd97346b85e937ca300d5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431570cc7845d936b00e4d259fe7b77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7080152def1ae616464a0f7cfdaefed9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d91ac5f04186ccd7d1314d88f84405.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f400d9f0e7d9afe42c58e67f53f40c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6324ea6e49e892d4fae8e0bcfc1979f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a126908fa5975a699aa12bd3ee902287.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a622febd4c2acc7fd15a3e4c7645b86c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64823cf2b6ebeb32bc308c45202fe5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b05cb43059c8f3461730103148ab247.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe8177e9f7e3c6b16af0d1ae3939fe0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>