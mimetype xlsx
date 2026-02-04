--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ee7665a74f35f367c876c747b50cb0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f2bef04c384c82ddc8cb4d25420022a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372bb9e266f1ac0290ba7872d63c0265.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81265571c429879ae25ee6aca45d8db3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1214169d093b5099b44847badc9e1674.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7da120c9e990188ed1ef66b14a0426.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35d2eea76149d88839576442afb33ad3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae3b0af8451447aa0c21a613d7b7024.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8595fff28b952cc5e37daacb489f3332.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac2521d55d11ea6c9464aa79f058e16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94ba07566d9e6313ec7fef4ec39eb29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f606ce65ec351c74c5735f57b3ca73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18fb3ae742a5da599cd74d9321fe643a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f666743fff50393e8907d4d3831f3e00.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831c900a59eb18327e875ebd1458adff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9909eb0e2b1a27eabc3a2a31b8f08fe9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734b0450c4b40481caaceb209de7f9e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>