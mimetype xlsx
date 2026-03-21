--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f2bef04c384c82ddc8cb4d25420022a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b42d14a016e28c932204289d427b22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81265571c429879ae25ee6aca45d8db3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a01a9905de0a6497c7f618bcbcf22cb2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7da120c9e990188ed1ef66b14a0426.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79083b028bdce7d7871dd9c78e50b7eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae3b0af8451447aa0c21a613d7b7024.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa429bb517ab5e896c938f2305cc3171.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac2521d55d11ea6c9464aa79f058e16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e1f5db444718aa7cb869251098574d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f606ce65ec351c74c5735f57b3ca73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebfec0865fb93bec781ed10d5752022.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f666743fff50393e8907d4d3831f3e00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652963ab54f307ed8e1363b28dcd23fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49917cfa41f07c56d450d819959d8403.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734b0450c4b40481caaceb209de7f9e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c333817ecc5938d49da1fe9823d226.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475718a5ca1c5f1dc602098cf188aa7c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>