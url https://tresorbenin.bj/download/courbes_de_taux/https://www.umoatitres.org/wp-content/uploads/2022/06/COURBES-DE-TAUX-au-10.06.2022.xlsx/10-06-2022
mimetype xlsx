--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e71b859e4ac249fea477ffca7fd298e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012f2895450aa4cb65fff0c6f3ea40b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e1a1ab638c751598f45326fc65299e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea444e918d791d0e131e4f40349cdca1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa1555137cc016f93b626ec1346dbef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f669173920c5b21caa6538d84759dc20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b7af90af94bb52a831adcba0f21d2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3875709470fcd2e0e97fd2d79d51ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3b418885ad7a0b5e93001c5fe1a9e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4940566627d030d215d9eb16e1b1a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2151819ab92974870a45847add83941f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81e9494239eef20974c39db623576f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4777ac127a54b0e2d43c12ed5a386541.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6b18bf91d0b1081c6535a9767d4d9b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc744bdd19b9a62b4abf42926982e430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6738b35b03bbde0a66602478ac7cda6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d22e38b329551ed912c01fa255c2ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>