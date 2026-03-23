--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012f2895450aa4cb65fff0c6f3ea40b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4bc6b2cc5e40984bb49728c6cd089c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea444e918d791d0e131e4f40349cdca1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/facae9fd955f1a9f79e75652ca8ba6d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f669173920c5b21caa6538d84759dc20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1918f548278bb67ceb80d9d366f19ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3875709470fcd2e0e97fd2d79d51ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcd172f5eefe370b1c1d1d101202465.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4940566627d030d215d9eb16e1b1a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cca927733dbeced89d83ad3df4c2288.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81e9494239eef20974c39db623576f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa791a6d3539a87658ad229f74f31281.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6b18bf91d0b1081c6535a9767d4d9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bddd5380b3bc388a11fcf63b1f49dc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e100fef1e4db5911b6df90e192b1a4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d22e38b329551ed912c01fa255c2ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e5690dd6a6f694704c65df94bd2e0c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf56b9f8485820b52d57a3ca2bdd0562.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>