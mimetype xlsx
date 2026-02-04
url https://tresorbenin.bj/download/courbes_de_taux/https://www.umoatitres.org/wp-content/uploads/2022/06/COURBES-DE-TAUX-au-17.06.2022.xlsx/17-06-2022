--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0604bf549aab17065bfd3d2d05b12f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8265179acc06b5b61e966746d1715e01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd7c468d1bad76b3e701f8c61e6c6c64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bccb74f03a1440e91b2198d02f40fab5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a72612c5ae73ae8b40efd02bc18b4cf0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f8302dc2379994ba2376c64e9eda2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7197166b3dcdbf5960dc67c4e4ee5b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680b5df407bdfbdd5570cc1efb606b39.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fee62f44d2579d59bc77173f667e2feb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/984ea9dff5bb1263d17c87e812f47dfa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53eacb2ecc8f594e16717eac1dac2732.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3746493b4d27edba55bd515d97ef5757.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/067928f1173705946024a4a24dd59e21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493ad7d736afdfd1c96704b81764d7fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68c80397e38cdeca8791e15d8264ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bad2064a5d3fc85355e08dc74f2e322.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c22976e753500d2191735545bcf572a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>