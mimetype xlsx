--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8265179acc06b5b61e966746d1715e01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b89f4771ffa4887747ae6063ffdf6c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bccb74f03a1440e91b2198d02f40fab5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f778aabab13e4387d94790a3b9deb463.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f8302dc2379994ba2376c64e9eda2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3538c5039ed300231cf84b492734584.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680b5df407bdfbdd5570cc1efb606b39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92b97600559122efae85330471effb9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/984ea9dff5bb1263d17c87e812f47dfa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220a7c7fea407e1c01570cdcf70e7c86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3746493b4d27edba55bd515d97ef5757.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8877b89b6f371b963624a3255082886.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493ad7d736afdfd1c96704b81764d7fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/565cc7d2ee5368eb0d90a1aafd7fe519.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a453e31821d5b42e5c79b4a34361c9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c22976e753500d2191735545bcf572a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b3dc1106b425cf1032dbe5707dbe0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bda432c345e795aea574d08e126af85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>