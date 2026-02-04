--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f20abf8d413f980c17b100d7826d4a9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04bbcbf43ad43f58ef565eff7b12f373.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e908536456d8eadf30849d39052efbc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7b85fde8009750a527fe1faba9488d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f9b4294c755a643c1f061598f8d54f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9392b2cd0eb0d562c6615697ca24dbb5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cd4a34f1cd59094e59685402994f12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8b1d734aa204d0dd4365d033872b4d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f57cbd36928276e9563b1d66b64ab74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad0f4142730afdc1417de4ec5a93fd7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253f554bd930e7dbbd7eacb40a6898de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b02f5147b57cf93a29cea31c97ff59e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74bd6405311fd1410f5ec5245a7fd662.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e81c77a15cd71f7a56774df452a96b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e763c681465b7674a4f05ea524619.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40289d4d586e50a16ec0b36ee38a9786.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5724cd592c0bd80a2ab84499e269d8ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>