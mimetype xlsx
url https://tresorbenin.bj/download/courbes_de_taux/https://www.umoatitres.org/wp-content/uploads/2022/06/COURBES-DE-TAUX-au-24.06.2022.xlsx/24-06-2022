--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04bbcbf43ad43f58ef565eff7b12f373.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206de0e8c5048873b625e3f0a1f358a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7b85fde8009750a527fe1faba9488d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a86801f5977ab396f1de75dba32532.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9392b2cd0eb0d562c6615697ca24dbb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050d906b9868fac8fb76626342572d10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8b1d734aa204d0dd4365d033872b4d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58797f23a39acebce36701da1dd8465d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad0f4142730afdc1417de4ec5a93fd7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b53801f1efcd900aecfcd5a81cfc57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b02f5147b57cf93a29cea31c97ff59e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bd4ecb50cd2430f6cc3721ae112d45.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e81c77a15cd71f7a56774df452a96b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852167672f304b0e8a46e10f6d943af9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b3cf0495ecddbf2d51c2c9bb7ce66b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5724cd592c0bd80a2ab84499e269d8ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7cc69d9deb9d0937a1485d909d55e02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023d7ad48677f5b48f25ba15bb4a4bdc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>