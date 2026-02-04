--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2a975369ca6ee6304d1829e9f948ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f7f506890e22d51a87334bc86b083a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13a7780986982b60df84b651450a639.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/596f3aaa034f05137f2795dba428aeab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc03f8283acbb4943af598b87b40b14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e142a95ece64b4c8caca6e78122eb30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d819ece95982c4a1c594a8a741a4834.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7781fcfec69ca225d76cbe53172d33a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b160b0205ae595c992da3a036d212ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa9fc86cb7d8843c87c06f5e041f03c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31444331d01ae3cadc7995bddc60fd0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77341842dc1d23f8870586cb0968937c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcac62f396fd1edb10c70b28b917fb8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483f35e60ebef7dda06ee83aa96bb168.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0e726662406f4fd4bf7dedba9e05f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80f71f604a063c51178651b474f26f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073edf23d5b53cdab907a494f0196ec6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>