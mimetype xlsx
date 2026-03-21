--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f7f506890e22d51a87334bc86b083a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f714c945aa12b0241313cabe5729b129.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/596f3aaa034f05137f2795dba428aeab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe766be646f5114be923962212f67d03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e142a95ece64b4c8caca6e78122eb30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f9fcf54f46b22d65fe3fe9de6acca8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7781fcfec69ca225d76cbe53172d33a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec0bbbe0b56ed87b0d16513aa71509b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa9fc86cb7d8843c87c06f5e041f03c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcf5abdb629c237d42a7ae70f9bbf63.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77341842dc1d23f8870586cb0968937c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe1d35deb76e2d58e488dbbe1af80238.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483f35e60ebef7dda06ee83aa96bb168.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b46f0a15814012eeaaae5cd1d9a91d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb18edc3f10b53f56b7b82e15fca89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073edf23d5b53cdab907a494f0196ec6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927ac34e3438873190857eeda7ef68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13014e5ef17d40b1bc9687fce91caa0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>