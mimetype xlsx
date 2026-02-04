--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac58c1423e4ddce5518b8f5a8e23e96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4093f4b96ae98efd8d54d70edda4c3d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a232a4efd85c15dff8ae3c31d9435fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eab5be7436ececa51c480f63d5423b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87992a38ac521955b338876f206d9edd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e077d000beda44740a30a09e66850b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28638f25b9e9a65e847cb4aee6ad047a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8a8720299fb1ca047366e44dd26a85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394d602f9b6e48f7efb72bc2e1f77240.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c708736b8b0afc62d8c21f360b70ae8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a842130486bff41da75fb5cbffa5b562.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28fa5d0bcc1762f1884c74a8cf949437.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77e944aae3f31d7e08002e16df6bdc14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e59f6c6ceb62120ddd5c298fd303d67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f27c88a17dbd5afa277eb68c164b47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ac94b226ba977542a41f1d51aff43e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5eb59be3aebe669aca116951a732e48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>