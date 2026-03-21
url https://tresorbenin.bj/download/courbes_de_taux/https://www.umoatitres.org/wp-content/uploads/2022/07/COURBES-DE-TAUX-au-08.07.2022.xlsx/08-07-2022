--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4093f4b96ae98efd8d54d70edda4c3d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b0201ebf11c207022f1bbe15b29b05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59eab5be7436ececa51c480f63d5423b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a01ecbcc35fcbb0bae3320cdd68926a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e077d000beda44740a30a09e66850b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb87e0adc15d5844ff0159d14f56c405.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8a8720299fb1ca047366e44dd26a85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508bee6df338c125bf637b7fed003cbf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c708736b8b0afc62d8c21f360b70ae8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6ddedad1ca5d3f2f615ddf41d28fdbc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28fa5d0bcc1762f1884c74a8cf949437.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ad7958962b2afe6106606df3e6fd08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e59f6c6ceb62120ddd5c298fd303d67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7a90eb365996c8940fadff145a47e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2a196893eacb10dbf3e6587e53049.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5eb59be3aebe669aca116951a732e48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe42671415ad70a29aac0c501be27c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc0ce7e82b63956f714642b8056c4c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>