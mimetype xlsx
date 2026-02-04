--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11ffd3593dc5cb221dd336b1d15de21b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efee89bde793f8663cafcdd189841d54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cff67512e2e10714392534d731cd3fe9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd41a2762fd3f081bd55f6838bf3c17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df2f5ac7570d78e32447a5eb2705bbd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a27b39d7626a4ec17c28b275ef5a459.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d887fbd40ab520de7ca1af79503d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c64c89bd801b1fcde79298ef0e2eec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5502e03e8bca4d4c71246b7d73ea922c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f8ec49613205b7cef11382990043f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e392059484a4e60b3881948f0d0e12ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98fd05f337792900658d61f0ef17d9a9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26485fa5c210316b1539005d1f847fd7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f095fd93181268b6063e5ec8aa12157.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323ee271cac3febecba647f83d752e36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c35e327c0dbaaa0940a5543f9c80629.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8062897296e47957ffbadc80fb8e906.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>