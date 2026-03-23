--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efee89bde793f8663cafcdd189841d54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99146e08ad7f6b811c3f341fc74aa47e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd41a2762fd3f081bd55f6838bf3c17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15a838c8805b735c8f26f298f54b53db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a27b39d7626a4ec17c28b275ef5a459.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a14a918a1ced9249ea38894078d3325.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c64c89bd801b1fcde79298ef0e2eec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd6c07da51520d1204f71185321d077.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f8ec49613205b7cef11382990043f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a837cf8cc3acd5081958f46b8281dac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98fd05f337792900658d61f0ef17d9a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21dafabffa1b22d743e59a9ae1312481.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f095fd93181268b6063e5ec8aa12157.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba111889d3830cbea12a34bbd06f2f6c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3825b352ea0900ab6060feb041bdb9f9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8062897296e47957ffbadc80fb8e906.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95030f1fb7d784cb2e072245f25e9b91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920cd43b8cfe1b2d8ab897601e239e44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>