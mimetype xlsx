--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6800614d7db933b99b90800a1a92b41c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20c7d42257a65546a00b47112e9dd0ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c869d69da6ca396f62668e76bee07722.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380b861c09e5757a28a6d857ead52a2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c1384437d9e4030ce9efef4c8367d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c4e9cc948c38ed31cd43b238e6b145.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603773a24161385930f1f5f2d848f191.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0556592a5303b2f22e4fb7f5513d782.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e144025ae33838ec07154231d80751.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c44d9a607feea455eb417a0d541d626.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0773580bdf84eb3d205f8980efa0bd3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79a189dcac1ebbac25c90fb6f331a50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809931fc4a5eeba87b89fbabb4e87875.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a188cb441e200614d449f334e40a16ac.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c86e535831275ec307ae3815ea8bb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9c816e3efad32668fcc069e650be788.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d8aab259709cf2ce8c85c72b3d8ccf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>