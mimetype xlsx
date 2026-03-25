--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20c7d42257a65546a00b47112e9dd0ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3066178b55fb271ef8ddca916824a93.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/380b861c09e5757a28a6d857ead52a2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77cd4294273fc3c1055a470f41c9344b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c4e9cc948c38ed31cd43b238e6b145.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a73e1c63dc0fe78cc9aa40f2e02ba550.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0556592a5303b2f22e4fb7f5513d782.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b8545e72ad1a140fb3865e3bce923f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c44d9a607feea455eb417a0d541d626.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13d0087be9b0540ac2c6899a986bb911.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79a189dcac1ebbac25c90fb6f331a50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/796181c44c757f4d530b0a5db9d4cd15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a188cb441e200614d449f334e40a16ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980b5617f19a04f85007bd75be725bdf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6083c4eb01bc4b242bc88dd68ac5e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d8aab259709cf2ce8c85c72b3d8ccf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb75e5e483e0db872f2b7e05b7b3b981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f103ed9b615824e4dd3d898be4c1a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>