--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59980336233829ed5fe6613aff082c18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10c0bc9a395b00d04b42b583d7a0408.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e2019261b9ed9219377ddc27b2b5c64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112cb33f2bd83dc59358ba3e5e3a2ed1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f19c2a7379a6576f48f938e0edafd977.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5b6ec6ce3aeec6c142f957e1adb1f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc4bc83b286f41e7b87ce6a63fe54b54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcaf2f201fe8b7e3e0cbee1be025c00.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40bec54e93e6b07545a0ebe969b47967.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b8e038c9b717c2da87608b68da0e236.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66dcd90aa55219c168472f42d536615e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6932ffe217cade81218457d29c9972a3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727c73d0fc2c5c8a5ef281146ee4b14b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dd3a4e6ab401fd140abeb786ddcb42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/137aa028d7f70b73f44d99963d6cd50f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e024344f2af813769817d5ecf651a6ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d6ae0b3d8891422f21007c34d16a3ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>