--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e10c0bc9a395b00d04b42b583d7a0408.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572dd4cf111a4f83d9f066b06dee6c26.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112cb33f2bd83dc59358ba3e5e3a2ed1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730e2bf7ffc186e5e28471402ee52a36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5b6ec6ce3aeec6c142f957e1adb1f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745e8a54e2f5756ddff2b2402e679ce6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcaf2f201fe8b7e3e0cbee1be025c00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b713bd9684af518216205ce7eeeacb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b8e038c9b717c2da87608b68da0e236.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920e7f558ce94327433f453a89f3de6f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6932ffe217cade81218457d29c9972a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116ab33af286c33195b39fdfd0b38d6f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dd3a4e6ab401fd140abeb786ddcb42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc6ff312fb1083f2298d075e4df8d33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0fdc5239cfe71d811fcf693112b2c8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d6ae0b3d8891422f21007c34d16a3ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900eb0b52ae7476aa88f2f9d43dd41c6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3792b44f3c7b6ac615bbbcfda1387d8b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>