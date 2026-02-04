--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77326bdf381ba8105d422cb049ebce57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845cf3df14aff9087334a951064f356.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606e3fddaa0404510aa15079f1939f86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8420776d2b11939ba994f78cda35e1e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f186d7aab19423f14437a89e5a4b4b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b6d6609dd101a8f110ad6e68e815ed7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be37edb57505327c299ec74dd1d6b50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35862d3264f43fda8308f5f694a6a302.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5401fc85a9de32b36c9ef65a216ae92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c8c3eaaba8ff0a7f251f97ae3af550.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db2ae4ee8f3e28bbc438edeb7837d9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d441eb2e3408d08f64dfa9aa2500f1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d755a4e48cbc7473619d38af315a5a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3be654dd4914d291512df8a5d3210b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1e8937b0321e08a69cf7af619c3c5b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6f16f4dfba09353c244907e21f498f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d32f6c169bff7237cb30ec08798452c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>