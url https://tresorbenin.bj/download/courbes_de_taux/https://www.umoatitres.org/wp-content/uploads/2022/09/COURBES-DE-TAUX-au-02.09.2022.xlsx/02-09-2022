--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845cf3df14aff9087334a951064f356.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722cdba2fbd70188dd29897334b1dfe1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8420776d2b11939ba994f78cda35e1e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448badaa18bfcc471a53d1170c4056f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b6d6609dd101a8f110ad6e68e815ed7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f184ceb046c9dfca7f4c41a8600383.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35862d3264f43fda8308f5f694a6a302.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3814b8cb25980bcd4e2640b02832083f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c8c3eaaba8ff0a7f251f97ae3af550.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de53705a5f69596852e4dc8e3012ccab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d441eb2e3408d08f64dfa9aa2500f1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78493ef48e7e77951a0616468974c422.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3be654dd4914d291512df8a5d3210b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39317842152a118ef45334629de26823.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcdd9c93ff0157102a518c8c03e80af.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d32f6c169bff7237cb30ec08798452c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bcce28283caa73887c765c342dad4f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae12f71a8641f4b60764d0cd20015e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>