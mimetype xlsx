--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9a8cbf75823557fb9fe35be220dec4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6f26c3ee943b0301670d4023482426.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a8f76c632487f01dcae41638b74d9a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a455dca3b05ae02c2b73be83ea1d58fb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74ff8cde8eebb21b4f8efc5317dca877.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644c167027f676184c14b40a4404dced.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b8d3b594f015e5e6173f3793f01f14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02be8ced6960c72971398e439dd3638.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ecf3a3f500e2085d7b8dba5ce9cc4fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f787b4f11795714fc046c70b246b30b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7a4ed3ee44eb8313ac429a0c482eb9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667cf3b592fa187fe9b428238a21b1f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41c3033bb3b1c78b0040095c4b21d61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c069c5a7bfe44d5ec39f8983da1f10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed766a0f6e2403288b19306a3a1a7d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097346f734f5304d20df23e660828fab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5b3a96ee1d26326ff60f383f7b69c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>