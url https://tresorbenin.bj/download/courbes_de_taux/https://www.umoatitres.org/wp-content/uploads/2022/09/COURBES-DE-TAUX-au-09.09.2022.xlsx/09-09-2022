--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6f26c3ee943b0301670d4023482426.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf41a2ea996d479eeea61840e6835e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a455dca3b05ae02c2b73be83ea1d58fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c3750ff159c56f0a61a6ff7c5c0ae3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644c167027f676184c14b40a4404dced.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95895a52af9f8f2509888beac835a7d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02be8ced6960c72971398e439dd3638.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d9e93e4715e937f513a13c742b5b48f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f787b4f11795714fc046c70b246b30b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0624630af3e87481825172424bd9af.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667cf3b592fa187fe9b428238a21b1f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5dd4af07258e1cccafbfe3908f9d8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c069c5a7bfe44d5ec39f8983da1f10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416c7b463ee318f90e22a25c2e1e06d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8b7be9038ad6ae929f0ff8a411f7ae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5b3a96ee1d26326ff60f383f7b69c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c79894226bfd010f75b41eda55aaf05.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>