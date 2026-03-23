--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf41a2ea996d479eeea61840e6835e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ccb0f52d83a70e6278ec71f90e87296.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c3750ff159c56f0a61a6ff7c5c0ae3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1b5000098750dada81e78b79a89681.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95895a52af9f8f2509888beac835a7d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19a14d12bfbaafc99417612b450a965.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d9e93e4715e937f513a13c742b5b48f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659990c9bca2f4162c59845dfaa4afde.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0624630af3e87481825172424bd9af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4d92a5a9d91c5bf55f95bd6512b621.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5dd4af07258e1cccafbfe3908f9d8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb8e54fc22cc417cbbdc74efc9e02c8c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416c7b463ee318f90e22a25c2e1e06d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b85ebd8cdb6f48337c9082a4a87addd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e5f4ebbb351ed2ed552ec79343ff45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c79894226bfd010f75b41eda55aaf05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564ff55f0c205b6d639515f88a38bbf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a3b8ebce7d7ebf381f838f9881f9753.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>