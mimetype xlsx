--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1f1a688048de27702f6e6e28eaf30c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9b3ea2f199834f1d543a8460166af8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8600bb18860d5b884859517d467cbd6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a66b009a73db419a6c4b10ac13951183.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93d3882793f189a40946e3603ff8d6e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b21c859dce9def7e90e8dcb40be41314.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aadda72532add8e8fa07476f641497e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cab9af6d25716352731160828f54b6e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76cc0e46a5ddfea647a21f894185b1fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3f201c25f4153d5197cd6971057bf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf43f24b8841d7625ca6780b9c225c3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405d90d800b2115eaad339c474405fd8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b38ed61528cc6bd3beea52f96d0456d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603231cb3ffd810ff07ae3464c16b9e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba66d2b84460e0877a19e16063b460f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6526b16325396d0659f26c331b65faa6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9360dde059683b10f8d62521ff00e350.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>