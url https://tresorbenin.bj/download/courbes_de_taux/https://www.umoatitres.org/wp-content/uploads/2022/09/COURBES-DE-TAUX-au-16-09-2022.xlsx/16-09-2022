--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9b3ea2f199834f1d543a8460166af8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206165a768ebef0c63ec762f3b5505f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a66b009a73db419a6c4b10ac13951183.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5520261d3a1139023bb77c22b9abd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b21c859dce9def7e90e8dcb40be41314.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b95726182e6516391c6397e24410b531.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cab9af6d25716352731160828f54b6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e92b73bcb76555924c15e7b74e10a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3f201c25f4153d5197cd6971057bf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44eb09ab5a1a93ed51d3924edca754b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405d90d800b2115eaad339c474405fd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840db3e29b918b3ede1a037bc60e3ab7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603231cb3ffd810ff07ae3464c16b9e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d68c17ecb66330face6a20d620567b8c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3f2ebaea3498423c0d99648dc3e7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9360dde059683b10f8d62521ff00e350.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cd127f45617022ae9944d6d87901a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ca7e5363b874db547c8cd250930b5b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>