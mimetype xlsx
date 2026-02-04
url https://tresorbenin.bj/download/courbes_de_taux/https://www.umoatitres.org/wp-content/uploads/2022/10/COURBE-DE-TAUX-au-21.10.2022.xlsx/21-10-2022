--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f065683ac7e75cb4c733730bdf580b97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2117c2f2360e68765ccb61e871aadfe9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46dea7de11c5e1abf0d9bbaffd185bd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8027d10c3d99d845358ee4e26643328.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224b3d77cfce2d21c89abd8fb57a9c52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be126fb2276f53e0de40de595dcee25e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28758404ad706ac49af62346d69fefd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6031a5b5f5610a5a2c1f30fdcc52fd5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d5d305db421868487dc7c46a52f4ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3a399927257af7c006f1b553f2e069.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af8e84714a0b2a3d09dc66588cb09211.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b512c931f35abbfbf0e2d8782cff135e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12f477570b7cf13387a9958cb927bf9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa67f10084bd2ab4b252e7f5f9eca351.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977ba54a0801b989b7d52ca9d904fa6f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7cb353be437b8b4b6d766e36947b0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a2315e14e2e09f984ca5bc85450707.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>