--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2117c2f2360e68765ccb61e871aadfe9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cedd6e4925c41ed70ffea758fd8bf354.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8027d10c3d99d845358ee4e26643328.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e0eca78d234aa350b305271fc235818.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be126fb2276f53e0de40de595dcee25e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91c48ae9e4d9f6dbe94a523981df8b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6031a5b5f5610a5a2c1f30fdcc52fd5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0aed61194791405972a08c021239ecf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3a399927257af7c006f1b553f2e069.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396e6896dd168709f0940383148a8bcc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b512c931f35abbfbf0e2d8782cff135e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf3895d5e1a32fdb0f31a71af929269b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa67f10084bd2ab4b252e7f5f9eca351.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ef1bb1cec842b08e01b16783b3a892.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc9728365b314e560dc10f7588081e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a2315e14e2e09f984ca5bc85450707.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5026f46ca51d8db25282acd0da0eee5f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ebb8e348e7983580eec3fa1e10d6f3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>