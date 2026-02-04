--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96adfce6a8f8fa31aae8d161747ca8c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d5aabfced2a77c57ddada4f711133d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5008fd496be8022c04d3dd9e6f823dd6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088609337beb6cf06cc6168b59699a37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b946207df3d31e4838e30c7c7a12f9a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93cb209a32cf36b0cc0bd66a840a6e2a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7abd18d6431141e1fb4f5299e6e50c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ffca7d720ce203911059a399b56454.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0be374f650be686ae219cf016e04a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c5ffab73d30da090f3e530e6874ddf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4bc794ba85bd734ab972b6af7140c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95afe565b1097443ebb6465eaeeeaf2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13098496480bacb11967f9422693206a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aeb2e296739cce36e21f98f6d137eb1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca122eca219fe114112c8451a7164c25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f1b5089c1ac9e9c2d97a6577210aaf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc96127a537b980b90e614487335ad27.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>