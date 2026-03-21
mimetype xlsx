--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d5aabfced2a77c57ddada4f711133d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4547337b402bef6962dd5e7d926feab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088609337beb6cf06cc6168b59699a37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e602449dfe2503248cbc8f3853c2cfe4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93cb209a32cf36b0cc0bd66a840a6e2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/932c40cb09c8f7901732a3085f71ab88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ffca7d720ce203911059a399b56454.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ed5d8757d31f22dc0e23af7ea3d97e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c5ffab73d30da090f3e530e6874ddf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f6ea72dd802e64898e1f13c1519980f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95afe565b1097443ebb6465eaeeeaf2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74e7e085c24e233133600d167b939cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aeb2e296739cce36e21f98f6d137eb1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a03b0fe4ad785c2e9bc8eb0a8e1bddd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938ff9021d70336f6511a07bac23a45a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc96127a537b980b90e614487335ad27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f27091acf00f5ccf396e4e592c71b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/739e2ffa1b7bbb3cc9ac77ac27c2a2e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>