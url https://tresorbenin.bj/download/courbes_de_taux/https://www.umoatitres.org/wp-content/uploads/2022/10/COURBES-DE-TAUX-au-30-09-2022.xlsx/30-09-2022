--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -695,79 +695,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="5" borderId="19" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="5" borderId="20" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643cc91b6746569e068ab5a847f4cf18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11a9c9e6cda3936fa5f585f69b19dcb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3350d0b0cf59c6af98d159b761d9aa99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c99820fd5b8276f8d3678db8bc20aa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/513b96827b72c72afbb5c001d7adae61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007d9097564ce3bccac876be95621da2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6261f14539977a44c979eb14d60d8329.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c230fa102f6f1943f2ea6f87a3c2739.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463689f6d1fe64b2b2760fdd3d10c4f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f82a751144c59abce02760e2625ce375.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02935a3be56655466ac7939e9e0879c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/becab1eab83a60b96eac65f107f225f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a46d9542ae85b0598c02b2d2411f7a77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b44a180b09dbb019c9b548f8251be41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df8266645013b04870e379e6d0693928.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c521370cf63b4a8139816ac12c86de35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c9197839812eaa8b015b65faaeea2d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 3" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>