--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -695,79 +695,79 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="5" borderId="19" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="5" borderId="20" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11a9c9e6cda3936fa5f585f69b19dcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7b5e6d69926bb0b31af6bb070090f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c99820fd5b8276f8d3678db8bc20aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e9cae837b9bb73b2f9dc31520758c42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007d9097564ce3bccac876be95621da2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74969ca9ece381c9316f008f418cab6e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c230fa102f6f1943f2ea6f87a3c2739.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca6cde3af4587bc1f67f9307fc5b3d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f82a751144c59abce02760e2625ce375.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c8cd50eb18c7ca1ffa25c2fd98d179.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/becab1eab83a60b96eac65f107f225f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21bd477bb048f7b2e3c814c5ed6e0fc8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b44a180b09dbb019c9b548f8251be41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76a2b9b94b3b4b2757f010daabd8a19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3eee9526c14b34a9f8dc99be1b37261.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c9197839812eaa8b015b65faaeea2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccff13fd30a354fe2c70e3720e9dcd0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79dcd7509074372b3e6c7f927a8dc3df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 3" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>