--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c90976b5a352138de915c9bcde998d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9cb89a6f212b667578a14886fa16b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bfdaaa1cd40898416abf3b9bce7059.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcb32d82fd004e44a041fc1e9cfe3393.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f82040e4d9a57e70dc124a5edba3f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ad50878e76a499cf0e338d1e9506b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6d4bb75f70af0858464785be7e34a71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d6a1b72c8de21ee8e910301d97f9c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b154469fc7e7ee52c3d7b0ea7452c35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24374636180f5fdd7a7a5cf511053556.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbcd6c27afd0367d811172890e98ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0558602a5ba424cf57fade3eb6eff3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90eaba89bbb82ab36cc43024364d5a50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cadb658d220d4309a0bc331a40d1406c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aec66c739be82dea01fa0c108f63a2c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0df21f9db71c53f89603557f951a3120.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c247a94816f6193f7a2b447caa5d95f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>