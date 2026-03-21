--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9cb89a6f212b667578a14886fa16b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f8fb7d332eaabef6daac8c72ddc4d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcb32d82fd004e44a041fc1e9cfe3393.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ea3ab2ffe2b8f7c93c998dfb018eab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ad50878e76a499cf0e338d1e9506b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6779e6aea66fc5714708bf972ff05ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d6a1b72c8de21ee8e910301d97f9c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ff16269e94ea8e114c81759302ce4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24374636180f5fdd7a7a5cf511053556.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c3aae47f51fac62c366ba59721420c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0558602a5ba424cf57fade3eb6eff3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb58f653eba00460f5472721fc3612ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cadb658d220d4309a0bc331a40d1406c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9963cc77e043551befb963a4dea697c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133797f43d480378cf77a1a43ccdf4c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c247a94816f6193f7a2b447caa5d95f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41908544081c191d7992f9856aed8ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>