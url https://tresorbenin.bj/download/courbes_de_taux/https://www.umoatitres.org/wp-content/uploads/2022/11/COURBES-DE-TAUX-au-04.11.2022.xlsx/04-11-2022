--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f8fb7d332eaabef6daac8c72ddc4d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1aacab781f679a3b144c25e132f895a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ea3ab2ffe2b8f7c93c998dfb018eab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b63cbf1d3a2237856c0cfd4125262bef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6779e6aea66fc5714708bf972ff05ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2785be195ce1b1d34796f9ccbfb85b08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ff16269e94ea8e114c81759302ce4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24d4f0d9e27bcbc56225d52e8cf9ce28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c3aae47f51fac62c366ba59721420c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f229bcbc4e222aa02ef9e3fb2ea3c7e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb58f653eba00460f5472721fc3612ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1f5c4736b882746faa648e03505837.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9963cc77e043551befb963a4dea697c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0328fe1a8507fbfa83294a853ac1428.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91dc449e6e48d098480c1e5af4103f39.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41908544081c191d7992f9856aed8ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636dfeabb8034ee8fd5cc340f1221dab.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb138a36e6fdc6288bb834bef91d6f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>