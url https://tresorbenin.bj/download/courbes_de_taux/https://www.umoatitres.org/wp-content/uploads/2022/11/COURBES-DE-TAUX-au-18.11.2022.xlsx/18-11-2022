--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c09d5d1d834cf6794dff280becba35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cfa18b5548f264b91dbc72b458e503.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea4e5c0a8f47a6c82dbc10ad54edc29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2853d929eaf5b1012c294fbbc59347.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e18beb157ea25082767a2c42eeb63b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21dd965830edbe461b856487a95d14d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51d670df49236a87602f0d969ed96ca8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a4a2d0ffedf7dab25ee8746ae1a23e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed205cb73bd480714bfcf51157984b5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/075a6b4328a183e5473f02e4024649a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/948ab4c46c28aba73cefae3a4dd005e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b716dd993c9be1d21d2240a986eb65b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc4d3185a9f6df8e76c3cad9fd84ba7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e74231cdfb0f74d25fb3ce220215596.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789010d659717e858fb5db752d6c942e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cdab262b58e03e2667cc14aae6db220.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a8ef1980425d5475b92fc31c4539c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>