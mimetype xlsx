--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85cfa18b5548f264b91dbc72b458e503.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3f5d153a55e63646002cb4c4592dc9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2853d929eaf5b1012c294fbbc59347.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3043914e1a5e0101ce2aed5077e48cd0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21dd965830edbe461b856487a95d14d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36e59f66813c41ce21380c253bd48e29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a4a2d0ffedf7dab25ee8746ae1a23e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb690ab17c2d346b08f1b56890b30d80.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/075a6b4328a183e5473f02e4024649a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c1dd9c99de1954f8b72f92fe2ad9f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b716dd993c9be1d21d2240a986eb65b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc78a60842959d7834d186f45ec677d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e74231cdfb0f74d25fb3ce220215596.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/302a7912cf88b0d2a7a0e3baae04d6d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d49260834f2e5908cfb6badf5e9935.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a8ef1980425d5475b92fc31c4539c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5351613e6058b443cb7d797737bf678.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e441fab418e13cd06a197568a9b7cea5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>