--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c029af1fda17360c67aa386f0e965b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72298dbd21c00476c1adf50c1faa79db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f96ddbdb8ffb0484f056bdf5e1e1f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d2ae04063ba7308d3b738bfaf75cc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b84dc5c4c28a5b9daa6faa27732628.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60328589aee58f0d9a17e251f21f4ff7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b5f53e21ca23d4d912c9d35c8cf09ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e6b2810fa6bf832901d0e30f7b1d727.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1150d81d05cb7170489a2325344f5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca63bac83cb9da00f0aeb4f8bf27fe66.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51b8af73b1f858ad30d52f384c1d7e3a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ccd437d821249a0a39cdff142ebd2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d6a23a1ab39d4f746536107728d95e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a42053b2320a503f40b783b2e773f2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5787313dc1e29cb279a147d4c986c9c3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bfcea0b8ff16a47e71e1ad77f07661c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c7d940e5413d91ab07e9cdea97d730.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>