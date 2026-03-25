--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72298dbd21c00476c1adf50c1faa79db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2debb8b27dcce0ba7f4d3899106d274f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d2ae04063ba7308d3b738bfaf75cc2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2053cfdc0d419fffa2feb97426c871c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60328589aee58f0d9a17e251f21f4ff7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38aa23cfe12d90a3095deef6f3566053.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e6b2810fa6bf832901d0e30f7b1d727.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36e1eb8faf47db7bc0c533c86208fa6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca63bac83cb9da00f0aeb4f8bf27fe66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf8d8abbb7601e390a9e5d29a76e5d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ccd437d821249a0a39cdff142ebd2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50b5312a0b11e42ceb65073b3e98b0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a42053b2320a503f40b783b2e773f2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a224212397943fbff7d5908f6ab2bd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d195236344f03cebdb8f963a9984702a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c7d940e5413d91ab07e9cdea97d730.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b03ced8b90f05248923c0172a961334.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2e101a61bef3ce0ce567b200d8b8cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>