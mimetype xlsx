--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a7b825f4272a2410c80ae19c8d0540.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1f58e7d72f2167e4cde0e6f4eb8dfa6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb4da60b3f64234557b9850078a36b56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9c5cd82f10751b9c1226e38fd6204b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec286b1056d7490d6860aa5149e32ceb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2143fef5ae8b9e05b16819655c92bcf1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c1d98772f5ada235b50a7f16113f6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e08ce833397b15a036074c37685e2e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b8a2502912695581f1fc8c9aaf1194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6053939104237f51eacf9c674c6ae032.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76bd0acbe8351194d36bbdb56e31f7da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc56357469311fb0058b714805d7471f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764f0b77801043ed00a24a975965ab1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c233f311312746cd63f4c10a63729279.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2501e6608e4cd681e0145b180121a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc99046b897c4902306164f86260ae00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a30bb432c21e543ba17b07cc461d82d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>