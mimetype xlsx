--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1f58e7d72f2167e4cde0e6f4eb8dfa6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871cdb236801ceca0ff39de745b2b434.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9c5cd82f10751b9c1226e38fd6204b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b84c771dedcbe694a0fc41bc19e4fd2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2143fef5ae8b9e05b16819655c92bcf1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a443ef2d07fe2dd6d931881110818c1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e08ce833397b15a036074c37685e2e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18b107c4fcf4ac153c676cb7569925a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6053939104237f51eacf9c674c6ae032.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d067cfaf28c1a1f3f5569e983505a9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc56357469311fb0058b714805d7471f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eef7031ce14b5ce826582afa139c26c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c233f311312746cd63f4c10a63729279.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b607a4fd16725c18e8922719b3f8b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8f53ef8641aa7a346c653d02aee0b8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a30bb432c21e543ba17b07cc461d82d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53553f69b351406e4ec0d6b4d8ca284f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12585bcd4cf47abc8195913ab654358c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>