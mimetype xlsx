--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08a36269dac254c4e18f5937e0037ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acebeeee8af2f76430bbd6331c6e9994.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6886d6ecf070f3c2470a9dd49bb8a8a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d548d04d6c91df7047aa7a1b173ed7bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c5c9bdac6341fa9f401368e74254a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28bcc823a15f9b68f3643d49d2e1deba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f96ff320cb034c19dcc8c57084085fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/833b42261d839b5b1c68cec2ffb5643c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63746724c8224a3278a7aabbd5efb802.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151d9461ce2f504569a921ddeb6de458.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5109f3ef0be8f80745c4efd01d5a4a87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77123c6874bc3ceb8d23c63f7e279ca2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50839f0d1db396dee0cebe7bc8c9003d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a50db8ca0a6f15d5e082f9f2521c53.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbece8638863cd0fc808c9210994eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbcc875ee48c0f8f8d52c4ec02b9d089.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03cd13cdc102777f0b0605c2abbe5ce9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>