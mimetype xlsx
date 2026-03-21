--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acebeeee8af2f76430bbd6331c6e9994.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f148aa2c6a7333df5ada930a8e19ba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d548d04d6c91df7047aa7a1b173ed7bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb57f223417da7dea212e6ed4debb535.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28bcc823a15f9b68f3643d49d2e1deba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/244ed11319cb0d5da18ea071cd6b87ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/833b42261d839b5b1c68cec2ffb5643c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dfc26813f941f7b2be2d1e4d61ad956.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151d9461ce2f504569a921ddeb6de458.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5767bb5b78cd72ff7f316e766a4425ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77123c6874bc3ceb8d23c63f7e279ca2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153033b9c230b2ee0e2d8f0f64c98734.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a50db8ca0a6f15d5e082f9f2521c53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/420bec13c8e7264d24972c25fbccd6c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c7904a9d75764256e9d29ca67fe774.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03cd13cdc102777f0b0605c2abbe5ce9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e49405e032a3ce0f9eb8051c8c013f6c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>