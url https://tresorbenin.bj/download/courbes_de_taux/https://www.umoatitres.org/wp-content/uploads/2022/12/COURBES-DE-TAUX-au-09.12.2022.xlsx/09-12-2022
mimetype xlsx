--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f148aa2c6a7333df5ada930a8e19ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb99f9d6cc013fb1486d11aa50791eee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb57f223417da7dea212e6ed4debb535.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f32d5d823e54dfdcba7ccc058fd0e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/244ed11319cb0d5da18ea071cd6b87ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f940d92105cf2b91f96e43cf431cb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dfc26813f941f7b2be2d1e4d61ad956.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc161b9258d6032c725b642fc8c06e0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5767bb5b78cd72ff7f316e766a4425ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac24b345a719f1eaf8de30d74395be8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153033b9c230b2ee0e2d8f0f64c98734.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e3707e174ba86111e48ac5f13d554a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/420bec13c8e7264d24972c25fbccd6c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578420fb6a84326c03ebc294ca731a5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763e56251f95ec3748a4886c4602420.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e49405e032a3ce0f9eb8051c8c013f6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bf57be2519674964330ee1a65f7568.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df66ee97831fc6a92ed2ba6d789d5259.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>