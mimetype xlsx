--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24490c5fb3fabff283b170e094c7c30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6e54dec5f61bdcd67f50e6a037197a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00f9c3f3e869a769a056a8550b6f347.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4b8b19e88c3072b834cde9b1af8180.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012d6f8dcc2261ea1f7fdf7cadd3b23a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2966fb15599b2c3469c189065fe79c47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2ab91bf2126075189dc26eefd3eb412.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65262ba490ef4edab5cb07a1855be48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fa36d3ca351a9b638a6241382c0351.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/451159ce835c798aa1d792262843ecf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf38a746509cbb16a054751ca25b051.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f9930a79bc7ff120be3a4a8000c0fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff704fef3c72f26f698f3888221c3b16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4878afa2d4baddf54a4df1d32ee467d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8935e42d8065b4059c59156b2521a92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cc58ea928d3523aa328b6efbad9408.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e724e1a50cee28e81172adf4f358fca5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>