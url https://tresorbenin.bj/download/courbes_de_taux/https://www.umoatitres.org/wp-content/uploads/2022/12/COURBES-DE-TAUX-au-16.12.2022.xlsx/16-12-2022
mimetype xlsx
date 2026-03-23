--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6e54dec5f61bdcd67f50e6a037197a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61b00a5fb6800bcbf3e8428a71dad71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4b8b19e88c3072b834cde9b1af8180.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d2c396656f4ba06f7cabe7bd624c180.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2966fb15599b2c3469c189065fe79c47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5e2acc541810210b124f50c3b211485.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65262ba490ef4edab5cb07a1855be48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606adbbbce3fb521b1809f209840325c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/451159ce835c798aa1d792262843ecf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df4f38008ff41a625c5c515d26daf5f6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f9930a79bc7ff120be3a4a8000c0fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3438ff8efe309039bfed9280147402d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4878afa2d4baddf54a4df1d32ee467d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdfb164cf22624a5227ab0435e29bae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65770ea5b6b2e4e40a60e62bc6d3de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e724e1a50cee28e81172adf4f358fca5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6faa9981707ef7afc0d1d5ea87674f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f749095b9aa0b39bc17db80a22e35c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>