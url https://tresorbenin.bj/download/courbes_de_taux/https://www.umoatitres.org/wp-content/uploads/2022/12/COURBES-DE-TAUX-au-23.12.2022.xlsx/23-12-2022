--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000244bbbfc3341119c159987e27cb77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8d8a31c679a9da7b182f98d56eba8f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e631a270bfbee7968ef86faf2766a07e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbe55bf356b87eea459beb87bb32862.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ba177df655ce4d1746fa2bb182d24d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c439ad0c61740d0594c289945267350.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bae2cd1a742f993dcff27bca57752b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d657a11afc74ae979fb785c4c0ec75bc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f989e0f95634389f63f637f3aac77657.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b2bca20e072764802e52b7617bd8e36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f520526808fa04210ca67b60bf38fca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c36282f2e5ba57494e46dbbca1d377f4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66434d366c68c89ce30de9414318fbe9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8612e5f9b32b50baf6b97a5408c08fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d86a1e64d41ff1103140385b16ef9d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/284fd94b8856aacabbd5b1de311fbc91.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1305a2884f7967133c88e2b00f8951.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>