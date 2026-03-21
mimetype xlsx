--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8d8a31c679a9da7b182f98d56eba8f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/090ad47a8ed342478885cba92cef664d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbe55bf356b87eea459beb87bb32862.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c423e69561ea78ec9bda2119afb5bd50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c439ad0c61740d0594c289945267350.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/468825a79570efdfad6d7a673188f44a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d657a11afc74ae979fb785c4c0ec75bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71d788471c5990cc1c90145f3d4c8f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b2bca20e072764802e52b7617bd8e36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a47c689f7c9dd092ffab5161bdf1693.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c36282f2e5ba57494e46dbbca1d377f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37ea0e07ae77d7d524cb8d5d297eddf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8612e5f9b32b50baf6b97a5408c08fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6905d49eefdec2e3611135ab72adb381.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369aef19e26660b46bb38fefa73ca88b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1305a2884f7967133c88e2b00f8951.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc698fb2b50fa300200396be210b6ee7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81361092e789f5fac7b62a4b4f4df577.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>