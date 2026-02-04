--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30376c6d4d2b76dae7e906b83f38f2a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce27f8c9e60cf57e9f1c32b3e3be4d89.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6908efdb8addd6027d06926c8ffb2771.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920182b018ab787311386045da377651.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7210535a1cc9e1ac496deaa876e9258f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ef04a790d10ae39590129331a32d51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ea0cd96aebcd74ce8b4ea99ddbc88e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d480447b91fa1ca3f11b5168f18f8ca8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775c65e064977467c15aaeb7680678ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da16bae30077968602faa8fdc2c635ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa5d8bff698e243da83dad8974325f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38989cf048a2338d8cef60f64c89ecc3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462763da850a94f693f22d3b6bb585e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840a62bcb6ca594a87b2061229ee07b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f30898db4af24bdf1c9b4937f8c8b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f4a55ed4d5f5d1979a34c93769c2ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d036abf831b9bd859cfdcfe40d9e67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>