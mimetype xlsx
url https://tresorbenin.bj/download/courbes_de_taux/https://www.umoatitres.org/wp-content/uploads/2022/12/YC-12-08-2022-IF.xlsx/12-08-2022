--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce27f8c9e60cf57e9f1c32b3e3be4d89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1967e0cd79385ddec0d99e2fe3900bc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920182b018ab787311386045da377651.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49f655d1065d7fb62b897d128b6f67b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ef04a790d10ae39590129331a32d51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25728837a546caef81f78aacb60bb27d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d480447b91fa1ca3f11b5168f18f8ca8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f13fd604455167e3a79d81fdc1d6e70.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da16bae30077968602faa8fdc2c635ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d32c3248b64cf8c62a778983008983.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38989cf048a2338d8cef60f64c89ecc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a03839137a3ca5433e769bee18092f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840a62bcb6ca594a87b2061229ee07b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2441c709e10c01870978b887597a34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a245497d9d69efe17c24d820e8cac3d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d036abf831b9bd859cfdcfe40d9e67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e43b28ee1bb3acb094ab25ebebe3b4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bad6d051909cdadd5f4b5df172814849.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>