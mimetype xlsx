--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94bc7a1122418d954eb7728094063d81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7999903ce02fffd75c05b147f80637bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ef5bdaba03a91812e071944fe765936.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e180b55a8c183bdacb2795d1a3f367.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f92d0086641a4f0078f90e88bf8fa0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8de476c918814e216e567e7fa3c73e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4a2394d09e5805e86a21e23d7063205.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1982e8cb977074c543174c2e99fc9291.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f64ce7620557a3a735780fa85a6cdb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f745fd4b3b4cdf7afcdcca5323c70d8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ae828a856b9bddf06728e3914baaeb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5ea15976564d91eb9f47160c0d787e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b06119f566c1040877f03b8a38258a1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308bf2ca453c9fe07cfaa15259bb9fe2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a303d519f90b7b797dcf12a19931b7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b80a1f5ba8a4ec9708a25b645d3a749a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be0c07453b19082fc533c3325e63b0e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>