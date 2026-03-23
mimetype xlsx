--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7999903ce02fffd75c05b147f80637bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22422125fcc3c94158bb5320455b5e4e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e180b55a8c183bdacb2795d1a3f367.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f9732fec192ebc261e2f424cae26c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8de476c918814e216e567e7fa3c73e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691c4fb3712719c741c0570e2c72b095.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1982e8cb977074c543174c2e99fc9291.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ec2b2a7e18ee864977981b89cdf5354.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f745fd4b3b4cdf7afcdcca5323c70d8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/011c362484384a00ab428ce5ebf769b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5ea15976564d91eb9f47160c0d787e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e0b98593977fefc08ec3b5b24d6e7b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308bf2ca453c9fe07cfaa15259bb9fe2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2320d0aa99a86bfa7df7f7f476603aa9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189552fb17b992d501320dabc63e567b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be0c07453b19082fc533c3325e63b0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779c1b2ab8bb2f98dfbec0b2fe4ee6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e49a3866acdccefd87a1d76cfd92f125.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>