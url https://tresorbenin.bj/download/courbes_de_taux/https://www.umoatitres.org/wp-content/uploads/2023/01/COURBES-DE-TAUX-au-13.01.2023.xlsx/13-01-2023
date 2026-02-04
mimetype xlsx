--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ced685ae8a45945e9c9005fac61e79f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b1e2bb87f88d38b78ad1f3e9bd3e8a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d5f42c611ee930dfe1dc45d488a33cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41cbd170bfce9d29832d6f9ac72fb98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7133f989b8a820902ac94431bf2f35c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b46ea14f5c92a2794137871eedd1a1a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8437248fe74f3dc0eec83b1a182da829.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca558b8968e787d504053c302cd01d9a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc34f746b3546b73c927fb1023c0a6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5be39b40b28b91dc4ceb5f834cf80c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af0b7bf5e81549fdbedcc4fe9a6a1d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ce67d2a851081c925a7eae94668a0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9b6570a027a18e5e5498f4b981e0a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b4b1b3ae50839bddcf7862674d6eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d809da6238d4e65b78528c23e8c0d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dd6c3c17908ff5e3936be3fc587bf0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74da3bdca6e5566cbd346494cebe5f63.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>