--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b1e2bb87f88d38b78ad1f3e9bd3e8a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aef7aeb0dab0bd35e33aedd3241c45b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41cbd170bfce9d29832d6f9ac72fb98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379a5b57e27a5fed7e492272e0080a11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b46ea14f5c92a2794137871eedd1a1a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65802a76daf6ab74fa2ecff667cae817.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca558b8968e787d504053c302cd01d9a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48e7770d08d2f3d2a564339c914222e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5be39b40b28b91dc4ceb5f834cf80c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f343b9d464df4eb534092d1358edd23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ce67d2a851081c925a7eae94668a0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2473113c5f672a08f863a339118e0a9b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4b4b1b3ae50839bddcf7862674d6eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8ba178667eb2798aa415db5bbf8588.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84f6ba4dd2dd90eefd227ea49227a0f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74da3bdca6e5566cbd346494cebe5f63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da6069e9c2409ea2d7decadbf4a5074.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>