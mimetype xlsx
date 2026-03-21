--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aef7aeb0dab0bd35e33aedd3241c45b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efcec95e852283e812f059a94ce370b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379a5b57e27a5fed7e492272e0080a11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f076881a5f79918340ee9def44715061.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65802a76daf6ab74fa2ecff667cae817.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ab098bb29310e83d537ca59ac475a4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48e7770d08d2f3d2a564339c914222e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b3fe2a76efbca4ce08b8d58aa9805b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f343b9d464df4eb534092d1358edd23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c119c6c1a219c80d19f7d709f6d9cdae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2473113c5f672a08f863a339118e0a9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9be0a154006175866146871a3f6d4926.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8ba178667eb2798aa415db5bbf8588.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262c1e430856ba8bde0dd0c9d711f68c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55739106974226bddc642f9e0c14bdcb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da6069e9c2409ea2d7decadbf4a5074.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2696fb4aae487d35a86014a98c295277.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67622a278b438816869b27b87d7161a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>