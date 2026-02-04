--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d8a4ff56fa9fd8dbaf3512e7fd310b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee0e79993fb4c9b145a8cfb3f375e0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb889d279a0c69ead2abd07e3bb80cb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2c3d9518b209d2ab1cad1705f36256.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f779667eb386765772504a1beab858.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4379928a57d220e94e88377780dae155.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e66401655ab34a7ba38480d6d1b18b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f2384cc491a7c930e38e75119c6eca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d028def6be5e00cacd96820e6ef81e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4828efd23473a43c1ca29eb3ab5d5f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d35c0afbbe9aa1e11964a312714befa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9380305a7a5d5aa2fe9f55c2907c81c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8838e81d2f33ae2ce96286cb32b5df64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7f99226525b239387be7f9315b508d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8382bb2af758732a82d002a024d55906.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be935b6a56c31e220ddd66235659a14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b17783394c2885c36426e42f1f4eb7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>