--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee0e79993fb4c9b145a8cfb3f375e0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033a73a848ccb000d6290cce26f46899.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2c3d9518b209d2ab1cad1705f36256.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92881d8bac4c68d8fdb09df14e77cf90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4379928a57d220e94e88377780dae155.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b72c5e862101379087fb6be6b5f720c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f2384cc491a7c930e38e75119c6eca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a194e05371a4797dbd048f621fd8e13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4828efd23473a43c1ca29eb3ab5d5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d9ae5d0b8d603cce0663616a701913d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9380305a7a5d5aa2fe9f55c2907c81c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149318359572d6c0635efa59c58b7837.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7f99226525b239387be7f9315b508d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8859cb927a0445bb1e7869ceb05c1f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fb4531a6405597d94d9d2f53251dec.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b17783394c2885c36426e42f1f4eb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35a61ef61927416b44ad2aa58c83647.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afc4e94e73b3f4e4b35f3deaa2a80e6f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>