--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6144b6e573a96d5ce6839386e1af379.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b0b19b908b4b3d60197ac2631accc2a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8b434b078ab187618559daf0d98f94.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5473e1db0a5990e9a86643c5f9c890.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c08030dff79b486284301b9faf6abf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d3a9dc34c16eea155b38320e546e83.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3373d40311616ca0c58cff5cde5644b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28978706aab56074754e9088820d50e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1f11cf4e387356ac987cea01a384f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296326aa83fde5689dced670c1d6f2ea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578d2690ff2ab6457e4979b4c33f483a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631d7decc5c13ed73eaf323bde7f556f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b10769d3fcddf166191106e252fc33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af9f41ecbc0a1a7b7809ffa600b3b06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa3ac3f7e6f292d3f424417fab62a76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8500cca47fd87ddefc737a6a6d89dbf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d639cf65304dc26924e63ce158c240e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>