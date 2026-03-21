--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b0b19b908b4b3d60197ac2631accc2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beec12b4d026ac4cf35dea6ea4dd9308.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5473e1db0a5990e9a86643c5f9c890.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b0ae97cd086d709fce6cb2c913a199.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d3a9dc34c16eea155b38320e546e83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9952dccde37fef7a514071607a6ac7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28978706aab56074754e9088820d50e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a21127d32007e699b1bc4b98c337.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296326aa83fde5689dced670c1d6f2ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0eabfe5080969f94ecf0d2db3ded48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631d7decc5c13ed73eaf323bde7f556f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60c3d5c305ba5e893a65e5d7f252dd1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af9f41ecbc0a1a7b7809ffa600b3b06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a327f259b700ba109174e13aea5b679.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9417023151a799dc5942e186599ca2d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d639cf65304dc26924e63ce158c240e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f6772aa986040a0de99580934800a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>