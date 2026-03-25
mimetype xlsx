--- v2 (2026-03-21)
+++ v3 (2026-03-25)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beec12b4d026ac4cf35dea6ea4dd9308.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90aa227437550be2b37a27cb53aed1b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b0ae97cd086d709fce6cb2c913a199.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf9f4e44e4396b95d62d8c22289d17d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9952dccde37fef7a514071607a6ac7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076a60d3243e1fb6ec857f4773ed759a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc9a21127d32007e699b1bc4b98c337.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757c919f0b12c1a7c175a577c26b2eb6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0eabfe5080969f94ecf0d2db3ded48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c66aaef94b0a90fd37c3d752056bf82b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60c3d5c305ba5e893a65e5d7f252dd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8674b6a8d87f184e771aabcce8ee3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a327f259b700ba109174e13aea5b679.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a359e81dc3e7c276deee80ca205bb900.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae13695cec5d9a4d8f33c4d97b059b40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f6772aa986040a0de99580934800a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e03e5235140c314f9de2de5d834a6e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb1b1b52b79d965e54b3b6edac23d6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>