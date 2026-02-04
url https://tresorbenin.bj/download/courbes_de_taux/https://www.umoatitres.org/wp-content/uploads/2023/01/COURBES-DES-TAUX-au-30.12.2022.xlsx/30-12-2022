--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5aa76cba9ff63b506b28f2fc4eb537.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a427303093978bf4d86b13c67f870ba7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e4ed16f253509918a0f5a29c381781.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fba0a6c7a67727a76bf0c4f5cf88c79.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/befee85b21a6801bd3a08ea6532ee537.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319f8622b930e24ceacdbec36e279231.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0a7ac0fb0708320585edabedb08d8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75db51cee596e9efe3ce1588e76dcbdc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28a0a56b3617a1272efd047b9fc7661.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2858b7e230132129b2a9e67cf0eee36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1f31f5376654bc47980f4e13f165a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba1746885d8de41bc06f93338b6b5cca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8174157d795b52794233d8a9957d3e6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24b6db25b356e5a6fe6e3597301586f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be8f49ea4dbaac4090edebb5134161.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db66e84d99348379adee6cf3268ef9a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04cbb8b3b112557e7b1f3cfd740f4104.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>