--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a427303093978bf4d86b13c67f870ba7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acc3d04eaad0e1e6d9ff69c1ab78e0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fba0a6c7a67727a76bf0c4f5cf88c79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e673cd483e9ff4b9a635c04793ab8c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319f8622b930e24ceacdbec36e279231.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d70d00782594e8901ead3ed67d9a86.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75db51cee596e9efe3ce1588e76dcbdc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de2c0009e4833097cc5c92b96d7cd5a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2858b7e230132129b2a9e67cf0eee36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867795794733fb91cc8bd0807022fe49.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba1746885d8de41bc06f93338b6b5cca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f6cd3db06835e0b3b6d5b0a4b64aed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24b6db25b356e5a6fe6e3597301586f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112b1cfe689ede891a8ad8045115bec0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36e189c1d56334e4a68d180760f5499.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04cbb8b3b112557e7b1f3cfd740f4104.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55fb3a1c32fecd8af340059ea4e17afd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>