--- v2 (2026-03-21)
+++ v3 (2026-03-25)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acc3d04eaad0e1e6d9ff69c1ab78e0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1d418f65462674d7b400e4666428ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e673cd483e9ff4b9a635c04793ab8c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f90953231726f1846983983863344d29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d70d00782594e8901ead3ed67d9a86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfc375bb5acc68f8bcf8d021c33981d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de2c0009e4833097cc5c92b96d7cd5a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2b430428bfed7f4e15569c35af7675.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867795794733fb91cc8bd0807022fe49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4056a1655e41186bb5594bd94aaaaea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f6cd3db06835e0b3b6d5b0a4b64aed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9147b2dda825870866f3dcb1e3bb6349.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112b1cfe689ede891a8ad8045115bec0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c006f8927b52ecec021f8ed8f1d187c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf324b7a6e8031a3e004b450faee7c93.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55fb3a1c32fecd8af340059ea4e17afd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ad3b9051ec3a3da56a1feee1d4defe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ded35db4531558b3728fbeb0bd1500e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>