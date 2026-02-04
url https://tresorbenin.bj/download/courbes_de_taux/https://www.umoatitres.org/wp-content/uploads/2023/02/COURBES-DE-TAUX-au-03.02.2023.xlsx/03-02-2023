--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a42fd89eba401a9d09e40d1b62a7257f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4933875c7e03817250cfec9cc4837d0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014989426daadab00fa1690365e9150d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824aecc1f4d2ceb5c2680ce81b32bf69.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc24bc488988b9b596c4b39a37b92cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1ad380e4add1000b08f3cdb9ec8a3b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7443e815c62c2056d3fd91b7833c49f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba25debd28ceaadd1f9ad21f0bd59ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee86fff13d2df5ef74b4bc550d5a74a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f22ddcaa10c541fbd3a03cfb1aae6a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f532ae9dc3b5797fdb56ea40f736b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7baecc831907efc1dd0c4d51e4a118.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eadb8873e062bb457beb57a717c41c0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5331a7fd5105719261261daa5854a1e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d8f49a42784d9cfd5105340a161442.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169c6207f0629d19f3d858bd453667ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff075e7125d3a329f3e54b8474489b8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>