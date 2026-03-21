--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4933875c7e03817250cfec9cc4837d0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232e09805fc9fe2a5a90f95c4c6ca096.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824aecc1f4d2ceb5c2680ce81b32bf69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8318e661abcbffdc083ac4da16bf11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1ad380e4add1000b08f3cdb9ec8a3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/795fd2b7316656a0daf4d1ff52961091.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba25debd28ceaadd1f9ad21f0bd59ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdf664da5e706e98bd20cd1d41800e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f22ddcaa10c541fbd3a03cfb1aae6a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4273f34778b4e74115aa980087ffb73b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7baecc831907efc1dd0c4d51e4a118.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef9b2bcfc9503d2e604c85189e41b953.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5331a7fd5105719261261daa5854a1e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f277c81c1a9357d65665792553fac441.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76e317b1210b7f0fb1d29ce4d697f30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff075e7125d3a329f3e54b8474489b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d363bf1524c4245f2856c5dc5a95d401.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0468ce3d52e80c95705cd53d6b45463.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>