--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f33166a37bc38294071f074da132777.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f8ffb375e5c48871ddcc5f7d2150f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10560b493dcbaa1bc48d372a30058cc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1db14c039402d8bff86b3dd1c115e7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3eeb61d2befd900a185c116e1493fb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c927fc00615ef9ba401ec028041554f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16d3c200138838f796d77ad727d9df3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc646fe6a453875bd0951bc88397399e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8bb1805c920ea6171209bd1d7321a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e0d9c08f76dba4059bae10f01e2b1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e2240131a16b19b573c96998ad54e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ef21166bf2762033bf7c1533699322.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a878d0f9519601401af081aac771774a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3646749ac09bd2b757046934cd9691cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90571d0fa6579ff8f4241ce15ed2b79f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db668a847991f6d7d4d3913c7096170.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dba024fe2034c5f0363d4bc267c22f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>