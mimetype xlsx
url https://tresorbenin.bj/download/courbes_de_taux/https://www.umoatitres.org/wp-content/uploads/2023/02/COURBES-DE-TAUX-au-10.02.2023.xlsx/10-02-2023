--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f8ffb375e5c48871ddcc5f7d2150f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5616a1987d24c36df95c30347ff8c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1db14c039402d8bff86b3dd1c115e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae9776b124ddffc647399ebb92eff1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c927fc00615ef9ba401ec028041554f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1770172cb52e725dd861517aa290f32a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc646fe6a453875bd0951bc88397399e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd2d9c72ed37472777d3ee4407adaea.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e0d9c08f76dba4059bae10f01e2b1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbce2e6dfb17293b785e8db6dfa311f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ef21166bf2762033bf7c1533699322.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67125cc1831b6ee5e31ee537fc8afd39.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3646749ac09bd2b757046934cd9691cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74f5a7abb9773fa5f43c8dd7f22410c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65bef8f4aed0bc6f3f1f41d5d70e9c9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dba024fe2034c5f0363d4bc267c22f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e208099a4b211de79928fca401a7cc6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>