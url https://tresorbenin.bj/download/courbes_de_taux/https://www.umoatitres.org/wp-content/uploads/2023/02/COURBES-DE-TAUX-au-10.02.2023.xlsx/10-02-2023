--- v2 (2026-03-21)
+++ v3 (2026-03-23)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5616a1987d24c36df95c30347ff8c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dde836a6fe352006e8879178169fb18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae9776b124ddffc647399ebb92eff1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4ac4e29608b19c1270d73a82f827d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1770172cb52e725dd861517aa290f32a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc71114e81d1080b4af8f16ce950f7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd2d9c72ed37472777d3ee4407adaea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf76d038370f41ac70b10a3c76db1fc6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbce2e6dfb17293b785e8db6dfa311f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d68342f57ce0610e495c3f570b69c9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67125cc1831b6ee5e31ee537fc8afd39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dff364f41463a9b8f4b35259a2f1c18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74f5a7abb9773fa5f43c8dd7f22410c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c031be6549322946fae87b3d8016e9c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879d2be739917690ab71d203197335f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e208099a4b211de79928fca401a7cc6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31164c94f6f80714d1f96debd4620b4a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a8bb8e1f5009ea809f1d0ecd7628cd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>